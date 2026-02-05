--- v0 (2026-01-06)
+++ v1 (2026-02-05)
@@ -163,75 +163,75 @@
   <si>
     <t>316,549,996.00</t>
   </si>
   <si>
     <t>Agricultural Inputs, Equipment and Seedlings</t>
   </si>
   <si>
     <t>282,000,000.00</t>
   </si>
   <si>
     <t>Veterinary equipment and supplies</t>
   </si>
   <si>
     <t>17,000,000.00</t>
   </si>
   <si>
     <t>Transport services</t>
   </si>
   <si>
     <t>44,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
-    <t>425,390,000.00</t>
+    <t>437,570,000.00</t>
   </si>
   <si>
     <t>Branded items- (Staff &amp; External)</t>
   </si>
   <si>
     <t>95,500,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
     <t>12,747,918,126.00</t>
   </si>
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
     <t>1,308,279,055.00</t>
   </si>
   <si>
     <t>Catering services</t>
   </si>
   <si>
-    <t>579,036,000.00</t>
+    <t>710,036,000.00</t>
   </si>
   <si>
     <t>Photographic or filming or video equipment</t>
   </si>
   <si>
     <t>182,000,000.00</t>
   </si>
   <si>
     <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
   </si>
   <si>
     <t>118,400,000.00</t>
   </si>
   <si>
     <t>Building and construction materials</t>
   </si>
   <si>
     <t>1,025,000,000.00</t>
   </si>
   <si>
     <t>Medical Supplies/Equipment</t>
   </si>
   <si>
     <t>3,570,239,149.00</t>
   </si>
@@ -502,51 +502,51 @@
   <si>
     <t>2,242,300,000.00</t>
   </si>
   <si>
     <t>Garbage collection</t>
   </si>
   <si>
     <t>Public safety and control</t>
   </si>
   <si>
     <t>52,000,000.00</t>
   </si>
   <si>
     <t>Transport and Logistics</t>
   </si>
   <si>
     <t>65,285,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>278,062,420,891.00</t>
+    <t>278,205,600,891.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>