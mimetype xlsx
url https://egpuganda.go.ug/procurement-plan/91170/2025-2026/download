--- v1 (2026-02-05)
+++ v2 (2026-02-26)
@@ -34,519 +34,519 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Kampala Capital City Authority Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
+    <t>Office supplies</t>
+  </si>
+  <si>
+    <t>89,153,425.00</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>UGX</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>1,402,607,998.00</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>7,718,944,892.00</t>
+  </si>
+  <si>
+    <t>Stakeholder management</t>
+  </si>
+  <si>
+    <t>7,895,091,571.00</t>
+  </si>
+  <si>
+    <t>Fuels</t>
+  </si>
+  <si>
+    <t>360,000,000.00</t>
+  </si>
+  <si>
+    <t>Uniforms, curtains, protective wear and carpets</t>
+  </si>
+  <si>
+    <t>69,469,476.00</t>
+  </si>
+  <si>
+    <t>Equipment Maintenance, Servicing and Repairs</t>
+  </si>
+  <si>
+    <t>3,984,621,813.00</t>
+  </si>
+  <si>
+    <t>Security services</t>
+  </si>
+  <si>
+    <t>1,431,953,385.00</t>
+  </si>
+  <si>
+    <t>Office equipment, stationery and consumables</t>
+  </si>
+  <si>
+    <t>316,549,996.00</t>
+  </si>
+  <si>
+    <t>Agricultural Inputs, Equipment and Seedlings</t>
+  </si>
+  <si>
+    <t>282,000,000.00</t>
+  </si>
+  <si>
+    <t>Veterinary equipment and supplies</t>
+  </si>
+  <si>
+    <t>17,000,000.00</t>
+  </si>
+  <si>
+    <t>Transport services</t>
+  </si>
+  <si>
+    <t>44,000,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Stationery </t>
+  </si>
+  <si>
+    <t>437,570,000.00</t>
+  </si>
+  <si>
+    <t>Branded items- (Staff &amp; External)</t>
+  </si>
+  <si>
+    <t>95,500,000.00</t>
+  </si>
+  <si>
+    <t>Research, Training and capacity building services</t>
+  </si>
+  <si>
+    <t>12,747,918,126.00</t>
+  </si>
+  <si>
+    <t>General Supplies</t>
+  </si>
+  <si>
+    <t>4,099,983,729.00</t>
+  </si>
+  <si>
+    <t>Computer Equipment and Accessories</t>
+  </si>
+  <si>
+    <t>1,372,279,055.00</t>
+  </si>
+  <si>
+    <t>Catering services</t>
+  </si>
+  <si>
+    <t>710,036,000.00</t>
+  </si>
+  <si>
+    <t>Photographic or filming or video equipment</t>
+  </si>
+  <si>
+    <t>182,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
+  </si>
+  <si>
+    <t>118,400,000.00</t>
+  </si>
+  <si>
+    <t>Building and construction materials</t>
+  </si>
+  <si>
+    <t>1,025,000,000.00</t>
+  </si>
+  <si>
+    <t>Medical Supplies/Equipment</t>
+  </si>
+  <si>
+    <t>3,570,239,149.00</t>
+  </si>
+  <si>
+    <t>Personal safety and protection</t>
+  </si>
+  <si>
+    <t>462,150,000.00</t>
+  </si>
+  <si>
+    <t>Gaseous fuels and additives</t>
+  </si>
+  <si>
+    <t>3,469,676,445.00</t>
+  </si>
+  <si>
+    <t>FURNITURE  &amp; FITTINGS</t>
+  </si>
+  <si>
+    <t>760,964,000.00</t>
+  </si>
+  <si>
+    <t>Team Building</t>
+  </si>
+  <si>
+    <t>127,000,000.00</t>
+  </si>
+  <si>
+    <t>ICT Hardware and Software Solutions</t>
+  </si>
+  <si>
+    <t>474,670,000.00</t>
+  </si>
+  <si>
+    <t>Business management and consultancy</t>
+  </si>
+  <si>
+    <t>36,500,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>55,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>1,202,000,000.00</t>
+  </si>
+  <si>
+    <t>Electrical equipment and components and supplies</t>
+  </si>
+  <si>
+    <t>1,379,131,148.00</t>
+  </si>
+  <si>
+    <t>Electrical, plumbing and other installation activities</t>
+  </si>
+  <si>
+    <t>650,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of roads and bridges</t>
+  </si>
+  <si>
+    <t>162,674,540,984.00</t>
+  </si>
+  <si>
+    <t>Road Construction materials, Bitumen, Asphalt, Culverts and Primer</t>
+  </si>
+  <si>
+    <t>4,428,800,000.00</t>
+  </si>
+  <si>
+    <t>Workshops and Seminars</t>
+  </si>
+  <si>
+    <t>300,000,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Other - Professional Services</t>
+  </si>
+  <si>
+    <t>567,493,877.00</t>
+  </si>
+  <si>
+    <t>Architectual and engineering consultancy</t>
+  </si>
+  <si>
+    <t>11,647,868,852.00</t>
+  </si>
+  <si>
+    <t>Land and Property Development Services</t>
+  </si>
+  <si>
+    <t>11,250,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction and maintenance support equipment</t>
+  </si>
+  <si>
+    <t>8,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Public administration and finance services</t>
+  </si>
+  <si>
+    <t>282,131,148.00</t>
+  </si>
+  <si>
+    <t>Lease of Equipment</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
+    <t>Office and desk accessories</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Office furniture and furnishings</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
+    <t>Management advisory services</t>
+  </si>
+  <si>
+    <t>210,000,000.00</t>
+  </si>
+  <si>
+    <t>Signage and accessories</t>
+  </si>
+  <si>
+    <t>5,000,000.00</t>
+  </si>
+  <si>
+    <t>IT equipment</t>
+  </si>
+  <si>
+    <t>44,100,000.00</t>
+  </si>
+  <si>
+    <t>Accomodation and conference facilities</t>
+  </si>
+  <si>
+    <t>25,400,000.00</t>
+  </si>
+  <si>
+    <t>Hotels and lodging and meeting facilities</t>
+  </si>
+  <si>
+    <t>559,600,000.00</t>
+  </si>
+  <si>
+    <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
+  </si>
+  <si>
+    <t>844,876,000.00</t>
+  </si>
+  <si>
+    <t>Office machines and their supplies and accessories</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Software Licences (Oracle BI, power BI, )</t>
+  </si>
+  <si>
+    <t>79,780,000.00</t>
+  </si>
+  <si>
+    <t>Advertising and media services</t>
+  </si>
+  <si>
+    <t>468,900,000.00</t>
+  </si>
+  <si>
+    <t>Printing, Stationery, Photocopying and Binding</t>
+  </si>
+  <si>
+    <t>1,239,100,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>57,599,494.00</t>
+  </si>
+  <si>
+    <t>Communications Devices and Accessories</t>
+  </si>
+  <si>
+    <t>Planning and Budgeting</t>
+  </si>
+  <si>
+    <t>25,000,000.00</t>
+  </si>
+  <si>
+    <t>Gardening, Garden designing and landscaping</t>
+  </si>
+  <si>
+    <t>415,000,000.00</t>
+  </si>
+  <si>
+    <t>Research and Data Analysis</t>
+  </si>
+  <si>
+    <t>7,000,000.00</t>
+  </si>
+  <si>
+    <t>Urban and Regional Physical Development Planning Services</t>
+  </si>
+  <si>
+    <t>3,278,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of buildings and carpentry</t>
+  </si>
+  <si>
+    <t>1,330,700,000.00</t>
+  </si>
+  <si>
+    <t>Restaurants and catering</t>
+  </si>
+  <si>
+    <t>629,036,983.00</t>
+  </si>
+  <si>
+    <t>Decoration Services (Party, Office, etc)</t>
+  </si>
+  <si>
+    <t>Gifts and crafts</t>
+  </si>
+  <si>
+    <t>40,000,000.00</t>
+  </si>
+  <si>
+    <t>Information Systems Development, Integreation, Assessment and Performance Tuning</t>
+  </si>
+  <si>
+    <t>180,000,000.00</t>
+  </si>
+  <si>
+    <t>Tourism and conservation consultancy</t>
+  </si>
+  <si>
+    <t>60,000,000.00</t>
+  </si>
+  <si>
+    <t>Sports Items and Safety Wears</t>
+  </si>
+  <si>
+    <t>Sports equipment and accessories</t>
+  </si>
+  <si>
+    <t>67,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertsing and media services</t>
+  </si>
+  <si>
+    <t>48,742,400.00</t>
+  </si>
+  <si>
     <t>Insurance Services</t>
   </si>
   <si>
     <t>3,169,836,000.00</t>
   </si>
   <si>
-    <t>N/A</t>
-[...10 lines deleted...]
-  <si>
     <t>Staff Funeral Grant</t>
   </si>
   <si>
     <t>83,694,309.00</t>
   </si>
   <si>
-    <t>Printing, Stationery, Photocopying and Binding</t>
-[...4 lines deleted...]
-  <si>
     <t>Telecommunications media services</t>
   </si>
   <si>
     <t>568,892,000.00</t>
   </si>
   <si>
     <t>Cleaning and compound maintenance</t>
   </si>
   <si>
     <t>3,334,048,617.00</t>
   </si>
   <si>
-    <t>Uniforms, curtains, protective wear and carpets</t>
-[...391 lines deleted...]
-  <si>
     <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
   </si>
   <si>
     <t>2,165,395,642.00</t>
   </si>
   <si>
     <t>Hire of Machinery</t>
   </si>
   <si>
     <t>2,242,300,000.00</t>
   </si>
   <si>
     <t>Garbage collection</t>
   </si>
   <si>
     <t>Public safety and control</t>
   </si>
   <si>
     <t>52,000,000.00</t>
   </si>
   <si>
     <t>Transport and Logistics</t>
   </si>
   <si>
     <t>65,285,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>278,205,600,891.00</t>
+    <t>278,259,531,514.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1862,323 +1862,323 @@
     <row r="57" spans="1:5">
       <c r="A57">
         <v>55</v>
       </c>
       <c r="B57" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
         <v>56</v>
       </c>
       <c r="B58" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>119</v>
+        <v>93</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
         <v>57</v>
       </c>
       <c r="B59" t="s">
+        <v>119</v>
+      </c>
+      <c r="C59" s="3" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60">
         <v>58</v>
       </c>
       <c r="B60" t="s">
+        <v>121</v>
+      </c>
+      <c r="C60" s="3" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61">
         <v>59</v>
       </c>
       <c r="B61" t="s">
+        <v>123</v>
+      </c>
+      <c r="C61" s="3" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62">
         <v>60</v>
       </c>
       <c r="B62" t="s">
+        <v>125</v>
+      </c>
+      <c r="C62" s="3" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63">
         <v>61</v>
       </c>
       <c r="B63" t="s">
+        <v>127</v>
+      </c>
+      <c r="C63" s="3" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
         <v>62</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
         <v>63</v>
       </c>
       <c r="B65" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>132</v>
+        <v>99</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
         <v>64</v>
       </c>
       <c r="B66" t="s">
+        <v>132</v>
+      </c>
+      <c r="C66" s="3" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
         <v>65</v>
       </c>
       <c r="B67" t="s">
+        <v>134</v>
+      </c>
+      <c r="C67" s="3" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
         <v>66</v>
       </c>
       <c r="B68" t="s">
+        <v>136</v>
+      </c>
+      <c r="C68" s="3" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69">
         <v>67</v>
       </c>
       <c r="B69" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>140</v>
+        <v>77</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70">
         <v>68</v>
       </c>
       <c r="B70" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>111</v>
+        <v>140</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71">
         <v>69</v>
       </c>
       <c r="B71" t="s">
+        <v>141</v>
+      </c>
+      <c r="C71" s="3" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72">
         <v>70</v>
       </c>
       <c r="B72" t="s">
+        <v>143</v>
+      </c>
+      <c r="C72" s="3" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73">
         <v>71</v>
       </c>
       <c r="B73" t="s">
+        <v>145</v>
+      </c>
+      <c r="C73" s="3" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74">
         <v>72</v>
       </c>
       <c r="B74" t="s">
+        <v>147</v>
+      </c>
+      <c r="C74" s="3" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75">
         <v>73</v>
       </c>
       <c r="B75" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75" t="s">
         <v>9</v>
       </c>
     </row>
@@ -2202,51 +2202,51 @@
     <row r="77" spans="1:5">
       <c r="A77">
         <v>75</v>
       </c>
       <c r="B77" t="s">
         <v>153</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78">
         <v>76</v>
       </c>
       <c r="B78" t="s">
         <v>155</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79">
         <v>77</v>
       </c>
       <c r="B79" t="s">
         <v>156</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79" t="s">
         <v>9</v>
       </c>
     </row>