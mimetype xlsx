--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -14,539 +14,542 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Kampala Capital City Authority Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Insurance Services</t>
   </si>
   <si>
     <t>3,169,836,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Stakeholder management</t>
   </si>
   <si>
-    <t>6,981,519,869.00</t>
+    <t>7,408,079,148.00</t>
   </si>
   <si>
     <t>Staff Funeral Grant</t>
   </si>
   <si>
     <t>83,694,309.00</t>
   </si>
   <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
-    <t>1,172,350,000.00</t>
+    <t>1,239,100,000.00</t>
   </si>
   <si>
     <t>Telecommunications media services</t>
   </si>
   <si>
     <t>572,131,793.00</t>
   </si>
   <si>
     <t>Cleaning and compound maintenance</t>
   </si>
   <si>
     <t>670,257,920.00</t>
   </si>
   <si>
     <t>Uniforms, curtains, protective wear and carpets</t>
   </si>
   <si>
     <t>69,469,476.00</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
     <t>1,411,265,198.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
-    <t>710,964,000.00</t>
+    <t>760,964,000.00</t>
   </si>
   <si>
     <t>General Supplies</t>
   </si>
   <si>
     <t>2,961,877,313.00</t>
   </si>
   <si>
     <t>Advertsing and media services</t>
   </si>
   <si>
     <t>50,400,000.00</t>
   </si>
   <si>
     <t>Office supplies</t>
   </si>
   <si>
     <t>89,153,425.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
     <t>7,718,944,892.00</t>
   </si>
   <si>
     <t>Fuels</t>
   </si>
   <si>
     <t>360,000,000.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
-    <t>4,419,621,813.00</t>
+    <t>3,984,621,813.00</t>
   </si>
   <si>
     <t>Security services</t>
   </si>
   <si>
     <t>1,431,953,385.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
-    <t>82,000,000.00</t>
+    <t>316,549,996.00</t>
   </si>
   <si>
     <t>Agricultural Inputs, Equipment and Seedlings</t>
   </si>
   <si>
     <t>282,000,000.00</t>
   </si>
   <si>
     <t>Veterinary equipment and supplies</t>
   </si>
   <si>
     <t>17,000,000.00</t>
   </si>
   <si>
     <t>Transport services</t>
   </si>
   <si>
     <t>44,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
-    <t>394,160,000.00</t>
+    <t>404,160,000.00</t>
   </si>
   <si>
     <t>Branded items- (Staff &amp; External)</t>
   </si>
   <si>
     <t>80,500,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
     <t>12,903,185,826.00</t>
   </si>
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
-    <t>380,821,303.00</t>
+    <t>993,279,055.00</t>
   </si>
   <si>
     <t>Catering services</t>
   </si>
   <si>
     <t>361,094,000.00</t>
   </si>
   <si>
+    <t>Planning and Budgeting</t>
+  </si>
+  <si>
+    <t>25,000,000.00</t>
+  </si>
+  <si>
+    <t>Team Building</t>
+  </si>
+  <si>
+    <t>127,000,000.00</t>
+  </si>
+  <si>
+    <t>Photographic or filming or video equipment</t>
+  </si>
+  <si>
+    <t>182,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
+  </si>
+  <si>
+    <t>118,400,000.00</t>
+  </si>
+  <si>
+    <t>Building and construction materials</t>
+  </si>
+  <si>
+    <t>1,025,000,000.00</t>
+  </si>
+  <si>
+    <t>Medical Supplies/Equipment</t>
+  </si>
+  <si>
+    <t>3,570,239,149.00</t>
+  </si>
+  <si>
+    <t>Personal safety and protection</t>
+  </si>
+  <si>
+    <t>462,150,000.00</t>
+  </si>
+  <si>
+    <t>Gaseous fuels and additives</t>
+  </si>
+  <si>
+    <t>3,458,317,652.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>1,202,000,000.00</t>
+  </si>
+  <si>
+    <t>Land and Property Development Services</t>
+  </si>
+  <si>
+    <t>11,250,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of buildings and carpentry</t>
+  </si>
+  <si>
+    <t>1,330,700,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>55,000,000.00</t>
+  </si>
+  <si>
+    <t>Restaurants and catering</t>
+  </si>
+  <si>
+    <t>599,036,983.00</t>
+  </si>
+  <si>
+    <t>Decoration Services (Party, Office, etc)</t>
+  </si>
+  <si>
+    <t>5,000,000.00</t>
+  </si>
+  <si>
+    <t>Gifts and crafts</t>
+  </si>
+  <si>
+    <t>40,000,000.00</t>
+  </si>
+  <si>
+    <t>Information Systems Development, Integreation, Assessment and Performance Tuning</t>
+  </si>
+  <si>
+    <t>180,000,000.00</t>
+  </si>
+  <si>
+    <t>Tourism and conservation consultancy</t>
+  </si>
+  <si>
+    <t>60,000,000.00</t>
+  </si>
+  <si>
+    <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
+  </si>
+  <si>
+    <t>844,876,000.00</t>
+  </si>
+  <si>
+    <t>Sports Items and Safety Wears</t>
+  </si>
+  <si>
+    <t>300,000,000.00</t>
+  </si>
+  <si>
+    <t>Hotels and lodging and meeting facilities</t>
+  </si>
+  <si>
+    <t>349,600,000.00</t>
+  </si>
+  <si>
+    <t>Sports equipment and accessories</t>
+  </si>
+  <si>
+    <t>67,000,000.00</t>
+  </si>
+  <si>
+    <t>ICT Hardware and Software Solutions</t>
+  </si>
+  <si>
+    <t>474,670,000.00</t>
+  </si>
+  <si>
+    <t>Business management and consultancy</t>
+  </si>
+  <si>
+    <t>36,500,000.00</t>
+  </si>
+  <si>
+    <t>Electrical equipment and components and supplies</t>
+  </si>
+  <si>
+    <t>1,379,131,148.00</t>
+  </si>
+  <si>
+    <t>Electrical, plumbing and other installation activities</t>
+  </si>
+  <si>
+    <t>650,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of roads and bridges</t>
+  </si>
+  <si>
+    <t>162,674,540,984.00</t>
+  </si>
+  <si>
+    <t>Road Construction materials, Bitumen, Asphalt, Culverts and Primer</t>
+  </si>
+  <si>
+    <t>4,428,800,000.00</t>
+  </si>
+  <si>
+    <t>Workshops and Seminars</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Other - Professional Services</t>
+  </si>
+  <si>
+    <t>563,993,877.00</t>
+  </si>
+  <si>
+    <t>Architectual and engineering consultancy</t>
+  </si>
+  <si>
+    <t>11,647,868,852.00</t>
+  </si>
+  <si>
+    <t>Construction and maintenance support equipment</t>
+  </si>
+  <si>
+    <t>8,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Public administration and finance services</t>
+  </si>
+  <si>
+    <t>282,131,148.00</t>
+  </si>
+  <si>
+    <t>Lease of Equipment</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
+    <t>Office and desk accessories</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Office furniture and furnishings</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
+    <t>Management advisory services</t>
+  </si>
+  <si>
+    <t>210,000,000.00</t>
+  </si>
+  <si>
+    <t>Signage and accessories</t>
+  </si>
+  <si>
+    <t>IT equipment</t>
+  </si>
+  <si>
+    <t>44,100,000.00</t>
+  </si>
+  <si>
+    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
+  </si>
+  <si>
+    <t>2,582,695,642.00</t>
+  </si>
+  <si>
+    <t>Hire of Machinery</t>
+  </si>
+  <si>
+    <t>1,825,000,000.00</t>
+  </si>
+  <si>
+    <t>Garbage collection</t>
+  </si>
+  <si>
+    <t>350,000,000.00</t>
+  </si>
+  <si>
+    <t>Public safety and control</t>
+  </si>
+  <si>
+    <t>52,000,000.00</t>
+  </si>
+  <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>442,900,000.00</t>
   </si>
   <si>
-    <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
-[...8 lines deleted...]
-    <t>3,458,317,652.00</t>
+    <t>Transport and Logistics</t>
+  </si>
+  <si>
+    <t>65,285,000.00</t>
+  </si>
+  <si>
+    <t>Gardening, Garden designing and landscaping</t>
+  </si>
+  <si>
+    <t>563,362,000.00</t>
+  </si>
+  <si>
+    <t>Research and Data Analysis</t>
+  </si>
+  <si>
+    <t>1,000,000.00</t>
+  </si>
+  <si>
+    <t>Urban and Regional Physical Development Planning Services</t>
+  </si>
+  <si>
+    <t>2,600,000,200.00</t>
+  </si>
+  <si>
+    <t>Accomodation and conference facilities</t>
+  </si>
+  <si>
+    <t>25,400,000.00</t>
+  </si>
+  <si>
+    <t>Office machines and their supplies and accessories</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Software Licences (Oracle BI, power BI, )</t>
+  </si>
+  <si>
+    <t>79,780,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
-    <t>237,599,494.00</t>
-[...281 lines deleted...]
-    <t>2,600,000,200.00</t>
+    <t>57,599,494.00</t>
+  </si>
+  <si>
+    <t>Communications Devices and Accessories</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>272,426,828,647.00</t>
+    <t>272,596,595,678.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -882,54 +885,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E80"/>
+  <dimension ref="A1:E81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C80" sqref="C80"/>
+      <selection activeCell="C81" sqref="C81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="112.818" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1811,102 +1814,102 @@
     <row r="54" spans="1:5">
       <c r="A54">
         <v>52</v>
       </c>
       <c r="B54" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>53</v>
       </c>
       <c r="B55" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
         <v>54</v>
       </c>
       <c r="B56" t="s">
+        <v>113</v>
+      </c>
+      <c r="C56" s="3" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57">
         <v>55</v>
       </c>
       <c r="B57" t="s">
+        <v>115</v>
+      </c>
+      <c r="C57" s="3" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
         <v>56</v>
       </c>
       <c r="B58" t="s">
+        <v>117</v>
+      </c>
+      <c r="C58" s="3" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
         <v>57</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1981,85 +1984,85 @@
     <row r="64" spans="1:5">
       <c r="A64">
         <v>62</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
         <v>63</v>
       </c>
       <c r="B65" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>132</v>
+        <v>85</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
         <v>64</v>
       </c>
       <c r="B66" t="s">
+        <v>132</v>
+      </c>
+      <c r="C66" s="3" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
         <v>65</v>
       </c>
       <c r="B67" t="s">
+        <v>134</v>
+      </c>
+      <c r="C67" s="3" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
         <v>66</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
     </row>
@@ -2229,63 +2232,80 @@
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79">
         <v>77</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>159</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:5">
-      <c r="A80" t="s">
+      <c r="A80">
+        <v>78</v>
+      </c>
+      <c r="B80" t="s">
         <v>160</v>
       </c>
-      <c r="B80" s="4" t="s">
+      <c r="C80" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D80" t="s">
+        <v>8</v>
+      </c>
+      <c r="E80" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5">
+      <c r="A81" t="s">
         <v>161</v>
       </c>
-      <c r="C80" s="4" t="s">
+      <c r="B81" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="D80" t="s">
-[...2 lines deleted...]
-      <c r="E80" t="s">
+      <c r="C81" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D81" t="s">
+        <v>8</v>
+      </c>
+      <c r="E81" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>