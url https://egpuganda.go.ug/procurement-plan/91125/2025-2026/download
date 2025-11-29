--- v1 (2025-11-03)
+++ v2 (2025-11-29)
@@ -49,99 +49,99 @@
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Insurance Services</t>
   </si>
   <si>
     <t>3,169,836,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Stakeholder management</t>
   </si>
   <si>
-    <t>7,408,079,148.00</t>
+    <t>7,573,141,648.00</t>
   </si>
   <si>
     <t>Staff Funeral Grant</t>
   </si>
   <si>
     <t>83,694,309.00</t>
   </si>
   <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
     <t>1,239,100,000.00</t>
   </si>
   <si>
     <t>Telecommunications media services</t>
   </si>
   <si>
     <t>572,131,793.00</t>
   </si>
   <si>
     <t>Cleaning and compound maintenance</t>
   </si>
   <si>
     <t>670,257,920.00</t>
   </si>
   <si>
     <t>Uniforms, curtains, protective wear and carpets</t>
   </si>
   <si>
     <t>69,469,476.00</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
     <t>1,411,265,198.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>760,964,000.00</t>
   </si>
   <si>
     <t>General Supplies</t>
   </si>
   <si>
-    <t>2,961,877,313.00</t>
+    <t>3,580,159,023.00</t>
   </si>
   <si>
     <t>Advertsing and media services</t>
   </si>
   <si>
     <t>50,400,000.00</t>
   </si>
   <si>
     <t>Office supplies</t>
   </si>
   <si>
     <t>89,153,425.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
     <t>7,718,944,892.00</t>
   </si>
   <si>
     <t>Fuels</t>
   </si>
   <si>
     <t>360,000,000.00</t>
   </si>
@@ -163,393 +163,393 @@
   <si>
     <t>316,549,996.00</t>
   </si>
   <si>
     <t>Agricultural Inputs, Equipment and Seedlings</t>
   </si>
   <si>
     <t>282,000,000.00</t>
   </si>
   <si>
     <t>Veterinary equipment and supplies</t>
   </si>
   <si>
     <t>17,000,000.00</t>
   </si>
   <si>
     <t>Transport services</t>
   </si>
   <si>
     <t>44,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
-    <t>404,160,000.00</t>
+    <t>425,390,000.00</t>
   </si>
   <si>
     <t>Branded items- (Staff &amp; External)</t>
   </si>
   <si>
-    <t>80,500,000.00</t>
+    <t>95,500,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
-    <t>12,903,185,826.00</t>
+    <t>13,208,185,826.00</t>
   </si>
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
     <t>993,279,055.00</t>
   </si>
   <si>
     <t>Catering services</t>
   </si>
   <si>
-    <t>361,094,000.00</t>
+    <t>579,036,000.00</t>
+  </si>
+  <si>
+    <t>Photographic or filming or video equipment</t>
+  </si>
+  <si>
+    <t>182,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
+  </si>
+  <si>
+    <t>118,400,000.00</t>
+  </si>
+  <si>
+    <t>Building and construction materials</t>
+  </si>
+  <si>
+    <t>1,025,000,000.00</t>
+  </si>
+  <si>
+    <t>Medical Supplies/Equipment</t>
+  </si>
+  <si>
+    <t>3,570,239,149.00</t>
+  </si>
+  <si>
+    <t>Personal safety and protection</t>
+  </si>
+  <si>
+    <t>462,150,000.00</t>
+  </si>
+  <si>
+    <t>Gaseous fuels and additives</t>
+  </si>
+  <si>
+    <t>3,458,317,652.00</t>
+  </si>
+  <si>
+    <t>Team Building</t>
+  </si>
+  <si>
+    <t>127,000,000.00</t>
+  </si>
+  <si>
+    <t>Land and Property Development Services</t>
+  </si>
+  <si>
+    <t>11,250,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of buildings and carpentry</t>
+  </si>
+  <si>
+    <t>1,330,700,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>55,000,000.00</t>
+  </si>
+  <si>
+    <t>Restaurants and catering</t>
+  </si>
+  <si>
+    <t>599,036,983.00</t>
+  </si>
+  <si>
+    <t>Decoration Services (Party, Office, etc)</t>
+  </si>
+  <si>
+    <t>5,000,000.00</t>
+  </si>
+  <si>
+    <t>Gifts and crafts</t>
+  </si>
+  <si>
+    <t>40,000,000.00</t>
+  </si>
+  <si>
+    <t>Information Systems Development, Integreation, Assessment and Performance Tuning</t>
+  </si>
+  <si>
+    <t>180,000,000.00</t>
+  </si>
+  <si>
+    <t>Tourism and conservation consultancy</t>
+  </si>
+  <si>
+    <t>60,000,000.00</t>
+  </si>
+  <si>
+    <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
+  </si>
+  <si>
+    <t>844,876,000.00</t>
+  </si>
+  <si>
+    <t>Sports Items and Safety Wears</t>
+  </si>
+  <si>
+    <t>300,000,000.00</t>
+  </si>
+  <si>
+    <t>Hotels and lodging and meeting facilities</t>
+  </si>
+  <si>
+    <t>359,600,000.00</t>
+  </si>
+  <si>
+    <t>Sports equipment and accessories</t>
+  </si>
+  <si>
+    <t>67,000,000.00</t>
+  </si>
+  <si>
+    <t>ICT Hardware and Software Solutions</t>
+  </si>
+  <si>
+    <t>474,670,000.00</t>
+  </si>
+  <si>
+    <t>Business management and consultancy</t>
+  </si>
+  <si>
+    <t>36,500,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>1,202,000,000.00</t>
+  </si>
+  <si>
+    <t>Electrical equipment and components and supplies</t>
+  </si>
+  <si>
+    <t>1,379,131,148.00</t>
+  </si>
+  <si>
+    <t>Electrical, plumbing and other installation activities</t>
+  </si>
+  <si>
+    <t>650,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of roads and bridges</t>
+  </si>
+  <si>
+    <t>162,674,540,984.00</t>
+  </si>
+  <si>
+    <t>Road Construction materials, Bitumen, Asphalt, Culverts and Primer</t>
+  </si>
+  <si>
+    <t>4,428,800,000.00</t>
+  </si>
+  <si>
+    <t>Workshops and Seminars</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Other - Professional Services</t>
+  </si>
+  <si>
+    <t>567,493,877.00</t>
+  </si>
+  <si>
+    <t>Architectual and engineering consultancy</t>
+  </si>
+  <si>
+    <t>11,647,868,852.00</t>
+  </si>
+  <si>
+    <t>Construction and maintenance support equipment</t>
+  </si>
+  <si>
+    <t>8,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Public administration and finance services</t>
+  </si>
+  <si>
+    <t>282,131,148.00</t>
+  </si>
+  <si>
+    <t>Lease of Equipment</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
+    <t>Office and desk accessories</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Office furniture and furnishings</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
+    <t>Management advisory services</t>
+  </si>
+  <si>
+    <t>210,000,000.00</t>
+  </si>
+  <si>
+    <t>Signage and accessories</t>
+  </si>
+  <si>
+    <t>IT equipment</t>
+  </si>
+  <si>
+    <t>44,100,000.00</t>
+  </si>
+  <si>
+    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
+  </si>
+  <si>
+    <t>2,582,695,642.00</t>
+  </si>
+  <si>
+    <t>Hire of Machinery</t>
+  </si>
+  <si>
+    <t>1,825,000,000.00</t>
+  </si>
+  <si>
+    <t>Garbage collection</t>
+  </si>
+  <si>
+    <t>350,000,000.00</t>
+  </si>
+  <si>
+    <t>Public safety and control</t>
+  </si>
+  <si>
+    <t>52,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertising and media services</t>
+  </si>
+  <si>
+    <t>448,900,000.00</t>
+  </si>
+  <si>
+    <t>Transport and Logistics</t>
+  </si>
+  <si>
+    <t>65,285,000.00</t>
+  </si>
+  <si>
+    <t>Accomodation and conference facilities</t>
+  </si>
+  <si>
+    <t>25,400,000.00</t>
+  </si>
+  <si>
+    <t>Office machines and their supplies and accessories</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Software Licences (Oracle BI, power BI, )</t>
+  </si>
+  <si>
+    <t>79,780,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>57,599,494.00</t>
+  </si>
+  <si>
+    <t>Communications Devices and Accessories</t>
+  </si>
+  <si>
+    <t>Gardening, Garden designing and landscaping</t>
+  </si>
+  <si>
+    <t>615,000,000.00</t>
+  </si>
+  <si>
+    <t>Research and Data Analysis</t>
+  </si>
+  <si>
+    <t>7,000,000.00</t>
+  </si>
+  <si>
+    <t>Urban and Regional Physical Development Planning Services</t>
+  </si>
+  <si>
+    <t>3,278,000,000.00</t>
   </si>
   <si>
     <t>Planning and Budgeting</t>
   </si>
   <si>
     <t>25,000,000.00</t>
   </si>
   <si>
-    <t>Team Building</t>
-[...301 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>272,596,595,678.00</t>
+    <t>274,694,249,688.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1797,68 +1797,68 @@
     <row r="53" spans="1:5">
       <c r="A53">
         <v>51</v>
       </c>
       <c r="B53" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54">
         <v>52</v>
       </c>
       <c r="B54" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>53</v>
       </c>
       <c r="B55" t="s">
+        <v>111</v>
+      </c>
+      <c r="C55" s="3" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
         <v>54</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1967,68 +1967,68 @@
     <row r="63" spans="1:5">
       <c r="A63">
         <v>61</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
         <v>62</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>130</v>
+        <v>81</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
         <v>63</v>
       </c>
       <c r="B65" t="s">
+        <v>130</v>
+      </c>
+      <c r="C65" s="3" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
         <v>64</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
     </row>
@@ -2171,119 +2171,119 @@
     <row r="75" spans="1:5">
       <c r="A75">
         <v>73</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76">
         <v>74</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>153</v>
+        <v>124</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
       <c r="E76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77">
         <v>75</v>
       </c>
       <c r="B77" t="s">
+        <v>153</v>
+      </c>
+      <c r="C77" s="3" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78">
         <v>76</v>
       </c>
       <c r="B78" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" s="3" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79">
         <v>77</v>
       </c>
       <c r="B79" t="s">
+        <v>157</v>
+      </c>
+      <c r="C79" s="3" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80">
         <v>78</v>
       </c>
       <c r="B80" t="s">
+        <v>159</v>
+      </c>
+      <c r="C80" s="3" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>161</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>163</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
       <c r="E81" t="s">
         <v>9</v>
       </c>
     </row>