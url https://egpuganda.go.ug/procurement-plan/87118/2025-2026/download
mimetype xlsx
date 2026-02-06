--- v0 (2026-01-06)
+++ v1 (2026-02-06)
@@ -145,168 +145,168 @@
   <si>
     <t>1,208,000,000.00</t>
   </si>
   <si>
     <t>Restaurants and catering</t>
   </si>
   <si>
     <t>1,928,400,000.00</t>
   </si>
   <si>
     <t>OFFICE EQUIPMENT</t>
   </si>
   <si>
     <t>461,821,763.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>6,556,799,999.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
-    <t>20,243,860,000.00</t>
+    <t>21,543,860,000.00</t>
   </si>
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
     <t>265,000,000.00</t>
   </si>
   <si>
     <t>Research</t>
   </si>
   <si>
     <t>400,000,000.00</t>
   </si>
   <si>
     <t>Travel facilitation</t>
   </si>
   <si>
     <t>270,120,000.00</t>
   </si>
   <si>
     <t>Property Management System maintenance</t>
   </si>
   <si>
     <t>Motor vehicles</t>
   </si>
   <si>
     <t>900,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>498,640,000.00</t>
   </si>
   <si>
     <t>Land and Property Development Services</t>
   </si>
   <si>
     <t>150,000,000.00</t>
   </si>
   <si>
+    <t>Catering Services</t>
+  </si>
+  <si>
+    <t>3,904,320,000.00</t>
+  </si>
+  <si>
     <t>ICT Consultancy Services</t>
   </si>
   <si>
-    <t>1,607,800,000.00</t>
-[...5 lines deleted...]
-    <t>3,904,320,000.00</t>
+    <t>307,800,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
     <t>679,600,000.00</t>
   </si>
   <si>
+    <t>Nonresidential building construction services</t>
+  </si>
+  <si>
+    <t>500,000,000.00</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>590,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>844,000,000.00</t>
+  </si>
+  <si>
+    <t>Transportation repair or maintenance services</t>
+  </si>
+  <si>
+    <t>1,156,800,000.00</t>
+  </si>
+  <si>
+    <t>Tyres, tubes and batteries</t>
+  </si>
+  <si>
+    <t>449,600,000.00</t>
+  </si>
+  <si>
+    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
+  </si>
+  <si>
+    <t>1,000,000,000.00</t>
+  </si>
+  <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
     <t>536,400,000.00</t>
   </si>
   <si>
     <t>Postage and Courier</t>
   </si>
   <si>
     <t>320,000,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
     <t>600,000,000.00</t>
   </si>
   <si>
     <t>Air Tickets</t>
   </si>
   <si>
     <t>1,050,000,000.00</t>
-  </si>
-[...34 lines deleted...]
-    <t>1,000,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>115,035,330,841.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>