--- v0 (2026-01-06)
+++ v1 (2026-02-05)
@@ -79,84 +79,84 @@
   <si>
     <t>17,000,000.00</t>
   </si>
   <si>
     <t>Provision of laboratory chemicals and consumables</t>
   </si>
   <si>
     <t>107,000,000.00</t>
   </si>
   <si>
     <t>Events management</t>
   </si>
   <si>
     <t>90,000,000.00</t>
   </si>
   <si>
     <t>General Supplies</t>
   </si>
   <si>
     <t>40,000,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
-    <t>574,000,000.00</t>
+    <t>544,000,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
-    <t>179,000,000.00</t>
+    <t>59,000,000.00</t>
   </si>
   <si>
     <t>Uniforms, curtains, protective wear and carpets</t>
   </si>
   <si>
     <t>Drugs, laboratory, hospital equipment, pharmaceutical products and pharmaceutical preparations</t>
   </si>
   <si>
     <t>8,000,000.00</t>
   </si>
   <si>
     <t>Security services</t>
   </si>
   <si>
     <t>129,600,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>35,300,000.00</t>
   </si>
   <si>
     <t>Management advisory services</t>
   </si>
   <si>
-    <t>3,545,300,625.00</t>
+    <t>3,500,300,625.00</t>
   </si>
   <si>
     <t>Insurance Services</t>
   </si>
   <si>
     <t>426,400,000.00</t>
   </si>
   <si>
     <t>Repair and maintenance of Generators</t>
   </si>
   <si>
     <t>15,000,000.00</t>
   </si>
   <si>
     <t>Generators and solar equipment</t>
   </si>
   <si>
     <t>250,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>372,000,000.00</t>
   </si>
@@ -202,99 +202,99 @@
   <si>
     <t>291,456,000.00</t>
   </si>
   <si>
     <t>Entertainment services</t>
   </si>
   <si>
     <t>233,160,000.00</t>
   </si>
   <si>
     <t>Items for Disposal</t>
   </si>
   <si>
     <t>4,000,000.00</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
     <t>80,000,000.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
-    <t>2,333,699,375.00</t>
+    <t>2,676,209,375.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>221,400,000.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
     <t>1,300,000,000.00</t>
   </si>
   <si>
     <t>Servicing of fire extinguishers and suppression system</t>
   </si>
   <si>
-    <t>12,000,000.00</t>
+    <t>6,490,000.00</t>
+  </si>
+  <si>
+    <t>Engineering Design</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Brand visibility</t>
+  </si>
+  <si>
+    <t>Unlimited internet</t>
+  </si>
+  <si>
+    <t>219,000,000.00</t>
+  </si>
+  <si>
+    <t>Catering Services</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
-    <t>150,000,000.00</t>
-[...22 lines deleted...]
-  <si>
     <t>Air ticketing, tours and travel</t>
+  </si>
+  <si>
+    <t>108,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>14,481,945,496.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1228,119 +1228,119 @@
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
+        <v>72</v>
+      </c>
+      <c r="C36" s="3" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
+        <v>77</v>
+      </c>
+      <c r="C39" s="3" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>