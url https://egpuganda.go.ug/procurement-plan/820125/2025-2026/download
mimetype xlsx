--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -85,51 +85,51 @@
   <si>
     <t>400,000,000.00</t>
   </si>
   <si>
     <t>Engineering Design</t>
   </si>
   <si>
     <t>100,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>250,000,000.00</t>
   </si>
   <si>
     <t>Brand visibility</t>
   </si>
   <si>
     <t>90,000,000.00</t>
   </si>
   <si>
     <t>Management advisory services</t>
   </si>
   <si>
-    <t>2,856,000,000.00</t>
+    <t>3,516,000,000.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>1,995,000,000.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>221,400,000.00</t>
   </si>
   <si>
     <t>Unlimited internet</t>
   </si>
   <si>
     <t>219,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
     <t>1,300,000,000.00</t>
   </si>
@@ -148,162 +148,162 @@
   <si>
     <t>179,000,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>650,000,000.00</t>
   </si>
   <si>
     <t>Air ticketing, tours and travel</t>
   </si>
   <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
     <t>301,000,000.00</t>
   </si>
   <si>
     <t>Accounting, auditing and tax advisory</t>
   </si>
   <si>
     <t>70,000,000.00</t>
   </si>
   <si>
+    <t>Accounting and bookkeeping services</t>
+  </si>
+  <si>
+    <t>17,000,000.00</t>
+  </si>
+  <si>
+    <t>Provision of laboratory chemicals and consumables</t>
+  </si>
+  <si>
+    <t>107,000,000.00</t>
+  </si>
+  <si>
+    <t>Events management</t>
+  </si>
+  <si>
+    <t>General Supplies</t>
+  </si>
+  <si>
+    <t>40,000,000.00</t>
+  </si>
+  <si>
+    <t>Uniforms, curtains, protective wear and carpets</t>
+  </si>
+  <si>
+    <t>Drugs, laboratory, hospital equipment, pharmaceutical products and pharmaceutical preparations</t>
+  </si>
+  <si>
+    <t>8,000,000.00</t>
+  </si>
+  <si>
+    <t>Security services</t>
+  </si>
+  <si>
+    <t>129,600,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>35,300,000.00</t>
+  </si>
+  <si>
+    <t>Insurance Services</t>
+  </si>
+  <si>
+    <t>426,400,000.00</t>
+  </si>
+  <si>
+    <t>Repair and maintenance of Generators</t>
+  </si>
+  <si>
+    <t>15,000,000.00</t>
+  </si>
+  <si>
+    <t>Generators and solar equipment</t>
+  </si>
+  <si>
+    <t>Engraving</t>
+  </si>
+  <si>
+    <t>10,000,000.00</t>
+  </si>
+  <si>
+    <t>Air conditioners and accessories</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Pipes &amp; Fittings, Water Tanks, Test Benches, Pumps, Valves and Water Meters</t>
+  </si>
+  <si>
+    <t>6,400,000.00</t>
+  </si>
+  <si>
+    <t>Security surveillance and detection</t>
+  </si>
+  <si>
+    <t>55,000,000.00</t>
+  </si>
+  <si>
+    <t>Catering services</t>
+  </si>
+  <si>
+    <t>291,456,000.00</t>
+  </si>
+  <si>
+    <t>Entertainment services</t>
+  </si>
+  <si>
+    <t>233,160,000.00</t>
+  </si>
+  <si>
     <t>Items for Disposal</t>
   </si>
   <si>
     <t>4,000,000.00</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
     <t>80,000,000.00</t>
   </si>
   <si>
-    <t>Accounting and bookkeeping services</t>
-[...91 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>13,821,945,496.00</t>
+    <t>14,481,945,496.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1041,119 +1041,119 @@
     <row r="23" spans="1:5">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
+        <v>49</v>
+      </c>
+      <c r="C25" s="3" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" s="3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
+        <v>54</v>
+      </c>
+      <c r="C28" s="3" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>57</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1177,85 +1177,85 @@
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
         <v>60</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
         <v>62</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
+        <v>63</v>
+      </c>
+      <c r="C33" s="3" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
+        <v>65</v>
+      </c>
+      <c r="C34" s="3" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
         <v>67</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>68</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>