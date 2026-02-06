--- v0 (2026-01-06)
+++ v1 (2026-02-06)
@@ -14,74 +14,74 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>National Planning Authority Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
-    <t>4,526,710,000.00</t>
+    <t>4,606,710,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Software Licences (Oracle BI, power BI, )</t>
   </si>
   <si>
     <t>54,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>522,050,000.00</t>
   </si>
   <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
     <t>40,000,000.00</t>
   </si>
@@ -100,243 +100,249 @@
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
     <t>1,243,800,000.00</t>
   </si>
   <si>
     <t>Servers and networks installation</t>
   </si>
   <si>
     <t>120,000,000.00</t>
   </si>
   <si>
     <t>Computer services</t>
   </si>
   <si>
     <t>2,652,000,000.00</t>
   </si>
   <si>
     <t>Printing Reports and Magazines</t>
   </si>
   <si>
     <t>180,000,000.00</t>
   </si>
   <si>
+    <t xml:space="preserve">General Stationery </t>
+  </si>
+  <si>
+    <t>812,000,000.00</t>
+  </si>
+  <si>
+    <t>Accomodation and conference facilities</t>
+  </si>
+  <si>
+    <t>242,250,000.00</t>
+  </si>
+  <si>
+    <t>Advertising and media services</t>
+  </si>
+  <si>
+    <t>740,500,000.00</t>
+  </si>
+  <si>
+    <t>Carriage, Haulage, Freight and transport hire</t>
+  </si>
+  <si>
+    <t>240,000,000.00</t>
+  </si>
+  <si>
+    <t>Geographic Information Systems and Remote sensing</t>
+  </si>
+  <si>
+    <t>1,210,000,000.00</t>
+  </si>
+  <si>
+    <t>Data processing and web hosting</t>
+  </si>
+  <si>
+    <t>360,000,000.00</t>
+  </si>
+  <si>
+    <t>Feasibility studies or screening of project ideas</t>
+  </si>
+  <si>
+    <t>12,000,000,000.00</t>
+  </si>
+  <si>
+    <t>ICT Consultancy Services</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Air Tickets</t>
+  </si>
+  <si>
+    <t>45,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing, Stationery, Photocopying and Binding</t>
+  </si>
+  <si>
+    <t>291,232,500.00</t>
+  </si>
+  <si>
+    <t>Heavy construction services</t>
+  </si>
+  <si>
+    <t>44,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Office Rent</t>
+  </si>
+  <si>
+    <t>2,809,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
+    <t>Power regulators</t>
+  </si>
+  <si>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>800,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>1,525,000,000.00</t>
+  </si>
+  <si>
+    <t>Comprehensive health services</t>
+  </si>
+  <si>
+    <t>1,650,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Funeral Grant</t>
+  </si>
+  <si>
+    <t>400,000,000.00</t>
+  </si>
+  <si>
+    <t>Gaseous fuels and additives</t>
+  </si>
+  <si>
+    <t>1,830,120,000.00</t>
+  </si>
+  <si>
+    <t>Telecommunications media services</t>
+  </si>
+  <si>
+    <t>616,800,000.00</t>
+  </si>
+  <si>
+    <t>Security and personal safety</t>
+  </si>
+  <si>
+    <t>340,000,000.00</t>
+  </si>
+  <si>
+    <t>Gift Hampers</t>
+  </si>
+  <si>
+    <t>377,000,000.00</t>
+  </si>
+  <si>
+    <t>Cleaning Expenses</t>
+  </si>
+  <si>
+    <t>210,000,000.00</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>264,000,000.00</t>
+  </si>
+  <si>
+    <t>Fitness Classes (Aerobics)</t>
+  </si>
+  <si>
+    <t>80,000,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>Office equipment, stationery and consumables</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
+    <t>Subscriptions</t>
+  </si>
+  <si>
+    <t>9,100,000.00</t>
+  </si>
+  <si>
+    <t>Food, beverages and related products</t>
+  </si>
+  <si>
+    <t>1,611,768,000.00</t>
+  </si>
+  <si>
+    <t>Equipment Maintenance, Servicing and Repairs</t>
+  </si>
+  <si>
+    <t>58,000,000.00</t>
+  </si>
+  <si>
+    <t>Tyres, tubes and batteries</t>
+  </si>
+  <si>
+    <t>247,500,000.00</t>
+  </si>
+  <si>
+    <t>Brand visibility</t>
+  </si>
+  <si>
+    <t>60,000,000.00</t>
+  </si>
+  <si>
     <t>Workshops and Seminars</t>
   </si>
   <si>
-    <t>231,100,000.00</t>
-[...179 lines deleted...]
-    <t>247,500,000.00</t>
+    <t>131,100,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>82,616,930,500.00</t>
+    <t>83,151,930,500.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -672,54 +678,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E45"/>
+  <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C45" sqref="C45"/>
+      <selection activeCell="C46" sqref="C46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="112.818" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1108,68 +1114,68 @@
     <row r="25" spans="1:5">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="3" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1312,68 +1318,68 @@
     <row r="37" spans="1:5">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
+        <v>78</v>
+      </c>
+      <c r="C39" s="3" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1424,63 +1430,80 @@
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44">
         <v>42</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:5">
-      <c r="A45" t="s">
+      <c r="A45">
+        <v>43</v>
+      </c>
+      <c r="B45" t="s">
         <v>90</v>
       </c>
-      <c r="B45" s="4" t="s">
+      <c r="C45" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C45" s="4" t="s">
+      <c r="D45" t="s">
+        <v>8</v>
+      </c>
+      <c r="E45" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="A46" t="s">
         <v>92</v>
       </c>
-      <c r="D45" t="s">
-[...2 lines deleted...]
-      <c r="E45" t="s">
+      <c r="B46" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D46" t="s">
+        <v>8</v>
+      </c>
+      <c r="E46" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>