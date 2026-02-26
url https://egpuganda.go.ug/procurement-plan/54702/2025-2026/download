--- v0 (2026-01-06)
+++ v1 (2026-02-26)
@@ -79,51 +79,51 @@
   <si>
     <t>598,330,000.00</t>
   </si>
   <si>
     <t>Printing Reports and Magazines</t>
   </si>
   <si>
     <t>535,605,000.00</t>
   </si>
   <si>
     <t>Entertainment services</t>
   </si>
   <si>
     <t>3,254,329,888.00</t>
   </si>
   <si>
     <t>Clothing</t>
   </si>
   <si>
     <t>1,515,210,548.00</t>
   </si>
   <si>
     <t>Transportation repair or maintenance services</t>
   </si>
   <si>
-    <t>5,486,470,633.00</t>
+    <t>6,206,470,633.00</t>
   </si>
   <si>
     <t>Tyres, tubes and batteries</t>
   </si>
   <si>
     <t>1,213,000,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>2,627,236,200.00</t>
   </si>
   <si>
     <t>Books, Periodicals &amp; Newspapers</t>
   </si>
   <si>
     <t>441,222,500.00</t>
   </si>
   <si>
     <t>Accomodation and conference facilities</t>
   </si>
   <si>
     <t>4,231,650,000.00</t>
   </si>
@@ -256,51 +256,51 @@
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
     <t>5,348,300,000.00</t>
   </si>
   <si>
     <t>Office furniture and furnishings</t>
   </si>
   <si>
     <t>1,420,400,000.00</t>
   </si>
   <si>
     <t>Computer programming and software development</t>
   </si>
   <si>
     <t>2,468,200,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>73,982,751,887.00</t>
+    <t>74,702,751,887.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>