--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -14,335 +14,254 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Mpigi District Local Government Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Construction of roads and bridges</t>
   </si>
   <si>
     <t>38,707,730.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Repair &amp; Rennovation of Properties</t>
   </si>
   <si>
     <t>5,000,000.00</t>
   </si>
   <si>
     <t>Classroom and instructional and institutional furniture and fixtures</t>
   </si>
   <si>
-    <t>19,520,319.00</t>
+    <t>11,500,000.00</t>
   </si>
   <si>
     <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
   </si>
   <si>
     <t>23,900,000.00</t>
   </si>
   <si>
     <t>Land and Property Development Services</t>
   </si>
   <si>
     <t>15,000,000.00</t>
   </si>
   <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
-    <t>261,006,083.00</t>
+    <t>223,806,083.00</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
-    <t>1,081,000,000.00</t>
+    <t>22,000,000.00</t>
   </si>
   <si>
     <t>Gaseous fuels and additives</t>
   </si>
   <si>
-    <t>1,172,328,823.00</t>
+    <t>916,340,739.00</t>
   </si>
   <si>
     <t>Information Technology Service Delivery</t>
   </si>
   <si>
     <t>4,500,000.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
-    <t>23,300,000.00</t>
+    <t>20,000,000.00</t>
   </si>
   <si>
     <t>Utilities</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
-    <t>206,362,000.00</t>
+    <t>112,510,000.00</t>
   </si>
   <si>
     <t>Catering services</t>
   </si>
   <si>
-    <t>43,225,902.00</t>
+    <t>44,725,902.00</t>
   </si>
   <si>
     <t>Workshops and Seminars</t>
   </si>
   <si>
-    <t>87,000,000.00</t>
+    <t>7,000,000.00</t>
   </si>
   <si>
     <t>Advertsing and media services</t>
   </si>
   <si>
-    <t>18,000,000.00</t>
-[...5 lines deleted...]
-    <t>193,906,802.00</t>
+    <t>3,000,000.00</t>
   </si>
   <si>
     <t>Fuels</t>
   </si>
   <si>
-    <t>1,004,450,000.00</t>
-[...32 lines deleted...]
-    <t>Well drilling and construction services</t>
+    <t>701,000,000.00</t>
+  </si>
+  <si>
+    <t>Heavy construction services</t>
+  </si>
+  <si>
+    <t>270,300,000.00</t>
+  </si>
+  <si>
+    <t>Heavy construction machinery and equipment</t>
   </si>
   <si>
     <t>30,000,000.00</t>
   </si>
   <si>
-    <t>Consultancy Service of Design and Construction Supervision of Architectures Engineering</t>
-[...14 lines deleted...]
-    <t>1,000,000.00</t>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>69,960,000.00</t>
+  </si>
+  <si>
+    <t>Hire of Road Equipments and Plants</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Nonresidential building construction services</t>
+  </si>
+  <si>
+    <t>310,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
-    <t>80,000,000.00</t>
-[...17 lines deleted...]
-    <t>11,321,953.00</t>
+    <t>70,000,000.00</t>
+  </si>
+  <si>
+    <t>Computer Equipment and Accessories</t>
+  </si>
+  <si>
+    <t>60,000,000.00</t>
+  </si>
+  <si>
+    <t>Food and nutrition services</t>
+  </si>
+  <si>
+    <t>520,395,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>39,500,000.00</t>
   </si>
   <si>
-    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
-[...43 lines deleted...]
-  <si>
     <t>Information, Education and Communication (IEC) materials</t>
   </si>
   <si>
     <t>60,477,860.00</t>
   </si>
   <si>
     <t>Hire of Venue (chairs, projector, etc)</t>
   </si>
   <si>
     <t>226,300,000.00</t>
   </si>
   <si>
     <t>Other Categories</t>
   </si>
   <si>
     <t>403,692,003.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
     <t>2,267,791,073.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>9,359,286,582.00</t>
+    <t>6,542,406,390.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -678,54 +597,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E46"/>
+  <dimension ref="A1:E32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C46" sqref="C46"/>
+      <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="112.818" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1209,301 +1128,63 @@
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
-      <c r="A32">
-[...2 lines deleted...]
-      <c r="B32" t="s">
+      <c r="A32" t="s">
         <v>65</v>
       </c>
-      <c r="C32" s="3" t="s">
+      <c r="B32" s="4" t="s">
         <v>66</v>
       </c>
+      <c r="C32" s="4" t="s">
+        <v>67</v>
+      </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
-        <v>9</v>
-[...236 lines deleted...]
-      <c r="E46" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>