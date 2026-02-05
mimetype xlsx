--- v0 (2026-01-06)
+++ v1 (2026-02-05)
@@ -34,258 +34,258 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Ministry of Information, Communications Technology and National Guidance Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
+    <t>Office Rent</t>
+  </si>
+  <si>
+    <t>198,240,000.00</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>UGX</t>
+  </si>
+  <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>273,521,577.00</t>
   </si>
   <si>
-    <t>N/A</t>
-[...2 lines deleted...]
-    <t>UGX</t>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>45,600,000.00</t>
+  </si>
+  <si>
+    <t>Security and personal safety</t>
+  </si>
+  <si>
+    <t>22,800,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>4,800,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Other - Professional Services</t>
+  </si>
+  <si>
+    <t>55,750,400,000.00</t>
+  </si>
+  <si>
+    <t>Water and wastewater treatment supply and disposal</t>
+  </si>
+  <si>
+    <t>10,538,000.00</t>
+  </si>
+  <si>
+    <t>Fuels</t>
+  </si>
+  <si>
+    <t>120,000,000.00</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>14,160,000.00</t>
+  </si>
+  <si>
+    <t>Office equipment, stationery and consumables</t>
+  </si>
+  <si>
+    <t>136,000,000.00</t>
+  </si>
+  <si>
+    <t>Tyres, tubes and batteries</t>
+  </si>
+  <si>
+    <t>199,434,469.00</t>
+  </si>
+  <si>
+    <t>MEDIA RELATIONS AND MANAGEMENT</t>
+  </si>
+  <si>
+    <t>180,000,000.00</t>
+  </si>
+  <si>
+    <t>Power sources</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Information Technology Service Delivery</t>
+  </si>
+  <si>
+    <t>901,700,300.00</t>
+  </si>
+  <si>
+    <t>Catering Services</t>
+  </si>
+  <si>
+    <t>Advertising and media services</t>
+  </si>
+  <si>
+    <t>320,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing, Stationery, Photocopying and Binding</t>
+  </si>
+  <si>
+    <t>1,162,182,000.00</t>
+  </si>
+  <si>
+    <t>ICT Consultancy Services</t>
+  </si>
+  <si>
+    <t>46,164,390,664.00</t>
+  </si>
+  <si>
+    <t>Brand visibility</t>
+  </si>
+  <si>
+    <t>27,100,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
     <t>10,000,000.00</t>
   </si>
   <si>
     <t>Workshops and Seminars</t>
   </si>
   <si>
     <t>83,000,000.00</t>
   </si>
   <si>
-    <t>ICT Consultancy Services</t>
-[...80 lines deleted...]
-    <t>901,700,300.00</t>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>905,250,000.00</t>
+  </si>
+  <si>
+    <t>Entertainment services</t>
+  </si>
+  <si>
+    <t>364,800,000.00</t>
+  </si>
+  <si>
+    <t>Public relations and professional communications services</t>
+  </si>
+  <si>
+    <t>420,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>2,828,662,000.00</t>
+  </si>
+  <si>
+    <t>Computer Equipment and Accessories</t>
+  </si>
+  <si>
+    <t>156,535,000.00</t>
+  </si>
+  <si>
+    <t>Accommodation furniture</t>
+  </si>
+  <si>
+    <t>Air Tickets</t>
+  </si>
+  <si>
+    <t>300,000,000.00</t>
+  </si>
+  <si>
+    <t>Insurance Services</t>
+  </si>
+  <si>
+    <t>104,000,000.00</t>
   </si>
   <si>
     <t>IT Systems and Spatial Solutions Development</t>
   </si>
   <si>
-    <t>4,500,000,000.00</t>
+    <t>6,500,000,000.00</t>
   </si>
   <si>
     <t>Secretarial, printing, binding and photocopying services</t>
   </si>
   <si>
     <t>150,000,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
     <t>600,000,000.00</t>
   </si>
   <si>
     <t>Travel facilitation</t>
   </si>
   <si>
-    <t>300,000,000.00</t>
-[...1 lines deleted...]
-  <si>
     <t>ICT Training and capacity building</t>
   </si>
   <si>
     <t>40,000,000.00</t>
   </si>
   <si>
-    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
-[...61 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>98,473,285,346.00</t>
+    <t>145,686,014,010.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -904,357 +904,357 @@
     <row r="16" spans="1:5">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18">
         <v>16</v>
       </c>
       <c r="B18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="3" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D18" t="s">
         <v>8</v>
       </c>
       <c r="E18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19">
         <v>17</v>
       </c>
       <c r="B19" t="s">
+        <v>39</v>
+      </c>
+      <c r="C19" s="3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>8</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20">
         <v>18</v>
       </c>
       <c r="B20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="3" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21">
         <v>19</v>
       </c>
       <c r="B21" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" s="3" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>8</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22">
         <v>20</v>
       </c>
       <c r="B22" t="s">
+        <v>45</v>
+      </c>
+      <c r="C22" s="3" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23" t="s">
+        <v>47</v>
+      </c>
+      <c r="C23" s="3" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
+        <v>49</v>
+      </c>
+      <c r="C24" s="3" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
+        <v>53</v>
+      </c>
+      <c r="C26" s="3" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="3" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
+        <v>57</v>
+      </c>
+      <c r="C28" s="3" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
+        <v>64</v>
+      </c>
+      <c r="C32" s="3" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
         <v>71</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>