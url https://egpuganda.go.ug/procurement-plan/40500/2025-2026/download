--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -139,51 +139,51 @@
   <si>
     <t>136,000,000.00</t>
   </si>
   <si>
     <t>Tyres, tubes and batteries</t>
   </si>
   <si>
     <t>199,434,469.00</t>
   </si>
   <si>
     <t>MEDIA RELATIONS AND MANAGEMENT</t>
   </si>
   <si>
     <t>180,000,000.00</t>
   </si>
   <si>
     <t>Power sources</t>
   </si>
   <si>
     <t>20,000,000.00</t>
   </si>
   <si>
     <t>Information Technology Service Delivery</t>
   </si>
   <si>
-    <t>518,700,300.00</t>
+    <t>886,700,300.00</t>
   </si>
   <si>
     <t>IT Systems and Spatial Solutions Development</t>
   </si>
   <si>
     <t>4,500,000,000.00</t>
   </si>
   <si>
     <t>Secretarial, printing, binding and photocopying services</t>
   </si>
   <si>
     <t>150,000,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
     <t>600,000,000.00</t>
   </si>
   <si>
     <t>Travel facilitation</t>
   </si>
   <si>
     <t>300,000,000.00</t>
   </si>
@@ -232,60 +232,60 @@
   <si>
     <t>Accommodation furniture</t>
   </si>
   <si>
     <t>Air Tickets</t>
   </si>
   <si>
     <t>Insurance Services</t>
   </si>
   <si>
     <t>104,000,000.00</t>
   </si>
   <si>
     <t>Catering Services</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>320,000,000.00</t>
   </si>
   <si>
     <t>Brand visibility</t>
   </si>
   <si>
-    <t>2,300,000,000.00</t>
+    <t>27,100,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>73,290,285,346.00</t>
+    <t>98,458,285,346.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>