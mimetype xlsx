--- v1 (2025-11-03)
+++ v2 (2025-11-29)
@@ -139,51 +139,51 @@
   <si>
     <t>136,000,000.00</t>
   </si>
   <si>
     <t>Tyres, tubes and batteries</t>
   </si>
   <si>
     <t>199,434,469.00</t>
   </si>
   <si>
     <t>MEDIA RELATIONS AND MANAGEMENT</t>
   </si>
   <si>
     <t>180,000,000.00</t>
   </si>
   <si>
     <t>Power sources</t>
   </si>
   <si>
     <t>20,000,000.00</t>
   </si>
   <si>
     <t>Information Technology Service Delivery</t>
   </si>
   <si>
-    <t>886,700,300.00</t>
+    <t>901,700,300.00</t>
   </si>
   <si>
     <t>IT Systems and Spatial Solutions Development</t>
   </si>
   <si>
     <t>4,500,000,000.00</t>
   </si>
   <si>
     <t>Secretarial, printing, binding and photocopying services</t>
   </si>
   <si>
     <t>150,000,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
     <t>600,000,000.00</t>
   </si>
   <si>
     <t>Travel facilitation</t>
   </si>
   <si>
     <t>300,000,000.00</t>
   </si>
@@ -241,51 +241,51 @@
   <si>
     <t>104,000,000.00</t>
   </si>
   <si>
     <t>Catering Services</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>320,000,000.00</t>
   </si>
   <si>
     <t>Brand visibility</t>
   </si>
   <si>
     <t>27,100,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>98,458,285,346.00</t>
+    <t>98,473,285,346.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>