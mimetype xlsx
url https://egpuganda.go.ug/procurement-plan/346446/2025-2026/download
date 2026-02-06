--- v0 (2026-01-06)
+++ v1 (2026-02-06)
@@ -67,417 +67,417 @@
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t xml:space="preserve">Thematic Advertising </t>
   </si>
   <si>
     <t>1,738,000,000.00</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
     <t>3,271,143,982.00</t>
   </si>
   <si>
     <t>Corporate Social Responsibility</t>
   </si>
   <si>
     <t>1,136,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">Advertising and market research </t>
   </si>
   <si>
-    <t>1,159,260,000.00</t>
+    <t>1,309,260,000.00</t>
   </si>
   <si>
     <t>Product Development and improvement</t>
   </si>
   <si>
     <t>250,000,000.00</t>
   </si>
   <si>
     <t>Strategy Workhops off-site</t>
   </si>
   <si>
-    <t>840,200,000.00</t>
+    <t>940,200,000.00</t>
   </si>
   <si>
     <t>Air Tickets</t>
   </si>
   <si>
-    <t>4,770,852,796.00</t>
+    <t>5,710,852,796.00</t>
   </si>
   <si>
     <t>Travel facilitation</t>
   </si>
   <si>
-    <t>834,500,000.00</t>
+    <t>690,880,626.00</t>
   </si>
   <si>
     <t>Brand visibility</t>
   </si>
   <si>
     <t>1,215,000,000.00</t>
   </si>
   <si>
     <t>Advertising</t>
   </si>
   <si>
     <t>80,000,000.00</t>
   </si>
   <si>
     <t>Branded items- (Staff &amp; External)</t>
   </si>
   <si>
-    <t>1,183,000,000.00</t>
+    <t>1,383,000,000.00</t>
   </si>
   <si>
     <t>Subscriptions</t>
   </si>
   <si>
     <t>116,770,911.00</t>
   </si>
   <si>
     <t>Printing Reports and Magazines</t>
   </si>
   <si>
     <t>116,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
     <t>264,256,000.00</t>
   </si>
   <si>
     <t>Software</t>
   </si>
   <si>
     <t>14,216,886,447.00</t>
   </si>
   <si>
     <t>Stakeholder management</t>
   </si>
   <si>
     <t>13,786,000,000.00</t>
   </si>
   <si>
     <t>Office supplies</t>
   </si>
   <si>
     <t>247,000,000.00</t>
   </si>
   <si>
     <t>Gift Hampers</t>
   </si>
   <si>
-    <t>577,520,000.00</t>
+    <t>677,520,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
-    <t>5,725,519,221.00</t>
+    <t>9,414,246,765.00</t>
   </si>
   <si>
     <t>Accounting advisory</t>
   </si>
   <si>
-    <t>2,301,000,000.00</t>
+    <t>4,602,000,000.00</t>
   </si>
   <si>
     <t>Land and Property Development Services</t>
   </si>
   <si>
-    <t>291,794,466,742.00</t>
+    <t>583,588,933,484.00</t>
   </si>
   <si>
     <t>Repair &amp; Rennovation of Properties</t>
   </si>
   <si>
-    <t>976,650,000.00</t>
+    <t>2,347,723,402.00</t>
   </si>
   <si>
     <t>OFFICE EQUIPMENT</t>
   </si>
   <si>
-    <t>624,680,000.00</t>
+    <t>623,680,000.00</t>
   </si>
   <si>
     <t>Enterprise Resource Planning</t>
   </si>
   <si>
     <t>219,425,000.00</t>
   </si>
   <si>
     <t>Jde Functional support</t>
   </si>
   <si>
     <t>158,608,000.00</t>
   </si>
   <si>
     <t>General Supplies</t>
   </si>
   <si>
     <t>45,000,000.00</t>
   </si>
   <si>
+    <t>OFFICE STANDARDIZATION COST</t>
+  </si>
+  <si>
+    <t>3,859,721,500.00</t>
+  </si>
+  <si>
+    <t>Project Management</t>
+  </si>
+  <si>
+    <t>5,000,000.00</t>
+  </si>
+  <si>
+    <t>Research</t>
+  </si>
+  <si>
+    <t>734,000,000.00</t>
+  </si>
+  <si>
+    <t>Training and Capacity Building</t>
+  </si>
+  <si>
+    <t>1,200,000,000.00</t>
+  </si>
+  <si>
+    <t>Research, Training and capacity building services</t>
+  </si>
+  <si>
+    <t>750,000,000.00</t>
+  </si>
+  <si>
+    <t>Information, Education and Communication (IEC) materials</t>
+  </si>
+  <si>
+    <t>312,000,000.00</t>
+  </si>
+  <si>
+    <t>ICT Hardware and Software Solutions</t>
+  </si>
+  <si>
+    <t>390,000,000.00</t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>1,861,770,000.00</t>
+  </si>
+  <si>
+    <t>Legal Firms Retainer Fees</t>
+  </si>
+  <si>
+    <t>285,324,000.00</t>
+  </si>
+  <si>
+    <t>Board Training</t>
+  </si>
+  <si>
+    <t>1,300,000,000.00</t>
+  </si>
+  <si>
+    <t>Unlimited internet</t>
+  </si>
+  <si>
+    <t>603,000,000.00</t>
+  </si>
+  <si>
+    <t>Site visits and off-site meetings</t>
+  </si>
+  <si>
+    <t>215,000,000.00</t>
+  </si>
+  <si>
+    <t>BOARD RETAINER FEES</t>
+  </si>
+  <si>
+    <t>206,400,000.00</t>
+  </si>
+  <si>
+    <t>Business and Management consultancy</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
+    <t>Catering services</t>
+  </si>
+  <si>
+    <t>561,970,000.00</t>
+  </si>
+  <si>
+    <t>Fitness Classes (Aerobics)</t>
+  </si>
+  <si>
+    <t>715,888,108.00</t>
+  </si>
+  <si>
+    <t>Reskilling program</t>
+  </si>
+  <si>
+    <t>956,000,000.00</t>
+  </si>
+  <si>
+    <t>End of Year Staff Party</t>
+  </si>
+  <si>
+    <t>300,000,000.00</t>
+  </si>
+  <si>
+    <t>Healthy and Safety Services</t>
+  </si>
+  <si>
+    <t>557,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing, Stationery, Photocopying and Binding</t>
+  </si>
+  <si>
+    <t>30,000,000.00</t>
+  </si>
+  <si>
+    <t>Postage and Courier</t>
+  </si>
+  <si>
+    <t>186,140,000.00</t>
+  </si>
+  <si>
+    <t>HOD Awards</t>
+  </si>
+  <si>
+    <t>19,300,066.00</t>
+  </si>
+  <si>
+    <t>Fuels</t>
+  </si>
+  <si>
+    <t>1,891,754,643.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles</t>
+  </si>
+  <si>
+    <t>5,325,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Business Cards</t>
+  </si>
+  <si>
+    <t>15,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Identity Cards</t>
+  </si>
+  <si>
+    <t>10,000,000.00</t>
+  </si>
+  <si>
+    <t>Employment placement/recruitment</t>
+  </si>
+  <si>
+    <t>113,700,000.00</t>
+  </si>
+  <si>
+    <t>Security services</t>
+  </si>
+  <si>
+    <t>2,352,384,000.00</t>
+  </si>
+  <si>
+    <t>Computer services</t>
+  </si>
+  <si>
+    <t>4,579,829,662.00</t>
+  </si>
+  <si>
+    <t>IT equipment</t>
+  </si>
+  <si>
+    <t>7,755,824,153.00</t>
+  </si>
+  <si>
+    <t>MOBILE PHONE &amp; TABLETS</t>
+  </si>
+  <si>
+    <t>465,000,000.00</t>
+  </si>
+  <si>
+    <t>Generators and solar equipment</t>
+  </si>
+  <si>
+    <t>Financial literacy and Trainings</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Accounting, auditing and tax advisory</t>
+  </si>
+  <si>
+    <t>207,090,000.00</t>
+  </si>
+  <si>
     <t>Medical, Laboratory and Clinical research testing</t>
   </si>
   <si>
     <t>100,000,000.00</t>
   </si>
   <si>
     <t>CEO Regional Meetings</t>
   </si>
   <si>
-    <t>300,000,000.00</t>
-[...1 lines deleted...]
-  <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
-    <t>150,000,000.00</t>
-[...1 lines deleted...]
-  <si>
     <t>Customer Connect Week</t>
   </si>
   <si>
     <t>Office Rent</t>
   </si>
   <si>
     <t>420,000,000.00</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
-    <t>OFFICE STANDARDIZATION COST</t>
-[...193 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>386,825,251,231.00</t>
+    <t>688,485,483,545.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1368,663 +1368,663 @@
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
         <v>39</v>
       </c>
       <c r="B41" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42">
         <v>40</v>
       </c>
       <c r="B42" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43">
         <v>41</v>
       </c>
       <c r="B43" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44">
         <v>42</v>
       </c>
       <c r="B44" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45">
         <v>43</v>
       </c>
       <c r="B45" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D45" t="s">
         <v>8</v>
       </c>
       <c r="E45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46">
         <v>44</v>
       </c>
       <c r="B46" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
       <c r="E46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47">
         <v>45</v>
       </c>
       <c r="B47" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D47" t="s">
         <v>8</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48">
         <v>46</v>
       </c>
       <c r="B48" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
       <c r="E48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49">
         <v>47</v>
       </c>
       <c r="B49" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50">
         <v>48</v>
       </c>
       <c r="B50" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>67</v>
+        <v>103</v>
       </c>
       <c r="D50" t="s">
         <v>8</v>
       </c>
       <c r="E50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51">
         <v>49</v>
       </c>
       <c r="B51" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
       <c r="E51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52">
         <v>50</v>
       </c>
       <c r="B52" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D52" t="s">
         <v>8</v>
       </c>
       <c r="E52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53">
         <v>51</v>
       </c>
       <c r="B53" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54">
         <v>52</v>
       </c>
       <c r="B54" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>53</v>
       </c>
       <c r="B55" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
         <v>54</v>
       </c>
       <c r="B56" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57">
         <v>55</v>
       </c>
       <c r="B57" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
         <v>56</v>
       </c>
       <c r="B58" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
         <v>57</v>
       </c>
       <c r="B59" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60">
         <v>58</v>
       </c>
       <c r="B60" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61">
         <v>59</v>
       </c>
       <c r="B61" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62">
         <v>60</v>
       </c>
       <c r="B62" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63">
         <v>61</v>
       </c>
       <c r="B63" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
         <v>62</v>
       </c>
       <c r="B64" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
         <v>63</v>
       </c>
       <c r="B65" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>129</v>
+        <v>97</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
         <v>64</v>
       </c>
       <c r="B66" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>131</v>
+        <v>89</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
         <v>65</v>
       </c>
       <c r="B67" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>121</v>
+        <v>89</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
         <v>66</v>
       </c>
       <c r="B68" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69">
         <v>67</v>
       </c>
       <c r="B69" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>136</v>
+        <v>19</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>137</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>138</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>139</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
     </row>