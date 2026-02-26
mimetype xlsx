--- v1 (2026-02-06)
+++ v2 (2026-02-26)
@@ -55,51 +55,51 @@
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Public relations and communication</t>
   </si>
   <si>
     <t>988,000,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t xml:space="preserve">Thematic Advertising </t>
   </si>
   <si>
     <t>1,738,000,000.00</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
-    <t>3,271,143,982.00</t>
+    <t>3,451,143,982.00</t>
   </si>
   <si>
     <t>Corporate Social Responsibility</t>
   </si>
   <si>
     <t>1,136,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">Advertising and market research </t>
   </si>
   <si>
     <t>1,309,260,000.00</t>
   </si>
   <si>
     <t>Product Development and improvement</t>
   </si>
   <si>
     <t>250,000,000.00</t>
   </si>
   <si>
     <t>Strategy Workhops off-site</t>
   </si>
   <si>
     <t>940,200,000.00</t>
   </si>
@@ -139,51 +139,51 @@
   <si>
     <t>116,770,911.00</t>
   </si>
   <si>
     <t>Printing Reports and Magazines</t>
   </si>
   <si>
     <t>116,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
     <t>264,256,000.00</t>
   </si>
   <si>
     <t>Software</t>
   </si>
   <si>
     <t>14,216,886,447.00</t>
   </si>
   <si>
     <t>Stakeholder management</t>
   </si>
   <si>
-    <t>13,786,000,000.00</t>
+    <t>19,736,604,945.00</t>
   </si>
   <si>
     <t>Office supplies</t>
   </si>
   <si>
     <t>247,000,000.00</t>
   </si>
   <si>
     <t>Gift Hampers</t>
   </si>
   <si>
     <t>677,520,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
     <t>9,414,246,765.00</t>
   </si>
   <si>
     <t>Accounting advisory</t>
   </si>
   <si>
     <t>4,602,000,000.00</t>
   </si>
@@ -199,89 +199,89 @@
   <si>
     <t>2,347,723,402.00</t>
   </si>
   <si>
     <t>OFFICE EQUIPMENT</t>
   </si>
   <si>
     <t>623,680,000.00</t>
   </si>
   <si>
     <t>Enterprise Resource Planning</t>
   </si>
   <si>
     <t>219,425,000.00</t>
   </si>
   <si>
     <t>Jde Functional support</t>
   </si>
   <si>
     <t>158,608,000.00</t>
   </si>
   <si>
     <t>General Supplies</t>
   </si>
   <si>
-    <t>45,000,000.00</t>
+    <t>78,000,000.00</t>
   </si>
   <si>
     <t>OFFICE STANDARDIZATION COST</t>
   </si>
   <si>
     <t>3,859,721,500.00</t>
   </si>
   <si>
     <t>Project Management</t>
   </si>
   <si>
     <t>5,000,000.00</t>
   </si>
   <si>
+    <t>Training and Capacity Building</t>
+  </si>
+  <si>
+    <t>1,200,000,000.00</t>
+  </si>
+  <si>
+    <t>Research, Training and capacity building services</t>
+  </si>
+  <si>
+    <t>750,000,000.00</t>
+  </si>
+  <si>
+    <t>Information, Education and Communication (IEC) materials</t>
+  </si>
+  <si>
+    <t>312,000,000.00</t>
+  </si>
+  <si>
     <t>Research</t>
   </si>
   <si>
     <t>734,000,000.00</t>
   </si>
   <si>
-    <t>Training and Capacity Building</t>
-[...16 lines deleted...]
-  <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>390,000,000.00</t>
   </si>
   <si>
     <t>Legal services</t>
   </si>
   <si>
     <t>1,861,770,000.00</t>
   </si>
   <si>
     <t>Legal Firms Retainer Fees</t>
   </si>
   <si>
     <t>285,324,000.00</t>
   </si>
   <si>
     <t>Board Training</t>
   </si>
   <si>
     <t>1,300,000,000.00</t>
   </si>
   <si>
     <t>Unlimited internet</t>
@@ -388,96 +388,96 @@
   <si>
     <t>Security services</t>
   </si>
   <si>
     <t>2,352,384,000.00</t>
   </si>
   <si>
     <t>Computer services</t>
   </si>
   <si>
     <t>4,579,829,662.00</t>
   </si>
   <si>
     <t>IT equipment</t>
   </si>
   <si>
     <t>7,755,824,153.00</t>
   </si>
   <si>
     <t>MOBILE PHONE &amp; TABLETS</t>
   </si>
   <si>
     <t>465,000,000.00</t>
   </si>
   <si>
+    <t>Accounting, auditing and tax advisory</t>
+  </si>
+  <si>
+    <t>207,090,000.00</t>
+  </si>
+  <si>
+    <t>Medical, Laboratory and Clinical research testing</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>CEO Regional Meetings</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>Customer Connect Week</t>
+  </si>
+  <si>
+    <t>Office Rent</t>
+  </si>
+  <si>
+    <t>420,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
     <t>Generators and solar equipment</t>
   </si>
   <si>
     <t>Financial literacy and Trainings</t>
   </si>
   <si>
     <t>50,000,000.00</t>
   </si>
   <si>
-    <t>Accounting, auditing and tax advisory</t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>688,485,483,545.00</t>
+    <t>694,649,088,490.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1844,187 +1844,187 @@
     <row r="60" spans="1:5">
       <c r="A60">
         <v>58</v>
       </c>
       <c r="B60" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61">
         <v>59</v>
       </c>
       <c r="B61" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62">
         <v>60</v>
       </c>
       <c r="B62" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63">
         <v>61</v>
       </c>
       <c r="B63" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
         <v>62</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>130</v>
+        <v>89</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
         <v>63</v>
       </c>
       <c r="B65" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
         <v>64</v>
       </c>
       <c r="B66" t="s">
+        <v>131</v>
+      </c>
+      <c r="C66" s="3" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
         <v>65</v>
       </c>
       <c r="B67" t="s">
         <v>133</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
         <v>66</v>
       </c>
       <c r="B68" t="s">
         <v>134</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69">
         <v>67</v>
       </c>
       <c r="B69" t="s">
+        <v>135</v>
+      </c>
+      <c r="C69" s="3" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>137</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>138</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>139</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
     </row>