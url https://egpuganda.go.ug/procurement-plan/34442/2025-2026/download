--- v0 (2026-01-06)
+++ v1 (2026-02-06)
@@ -133,51 +133,51 @@
   <si>
     <t>832,438,000.00</t>
   </si>
   <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
     <t>209,800,000.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
     <t>321,515,500.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>1,130,000,000.00</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
-    <t>1,502,325,000.00</t>
+    <t>2,304,325,000.00</t>
   </si>
   <si>
     <t>Branding of Corporate and Promotional Items</t>
   </si>
   <si>
     <t>365,000,000.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>4,173,178,000.00</t>
   </si>
   <si>
     <t>Components for information technology or broadcasting or telecommunications</t>
   </si>
   <si>
     <t>3,231,942,500.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>1,395,036,000.00</t>
   </si>
@@ -352,222 +352,222 @@
   <si>
     <t>295,640,000.00</t>
   </si>
   <si>
     <t>Feasibility studies or screening of project ideas</t>
   </si>
   <si>
     <t>15,800,000,000.00</t>
   </si>
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
     <t>1,038,932,276.00</t>
   </si>
   <si>
     <t>Maintenance and repair of Weighing Equipment, machinery, office tools and equipment</t>
   </si>
   <si>
     <t>Electrical equipment and components and supplies</t>
   </si>
   <si>
     <t>4,776,752,949.00</t>
   </si>
   <si>
+    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
+  </si>
+  <si>
+    <t>52,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Environmental Audits</t>
+  </si>
+  <si>
+    <t>250,000,000.00</t>
+  </si>
+  <si>
+    <t>Environmental management</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of buildings and carpentry</t>
+  </si>
+  <si>
+    <t>600,000,000.00</t>
+  </si>
+  <si>
+    <t>Consultancy Service of Design and Construction Supervision of Architectures Engineering</t>
+  </si>
+  <si>
+    <t>1,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Computer Equipment and Accessories</t>
+  </si>
+  <si>
+    <t>351,400,000.00</t>
+  </si>
+  <si>
+    <t>Visual and Audio equipment</t>
+  </si>
+  <si>
+    <t>70,000,000.00</t>
+  </si>
+  <si>
+    <t>Office furniture and furnishings</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Office supplies</t>
+  </si>
+  <si>
+    <t>40,000,000.00</t>
+  </si>
+  <si>
+    <t>Land and Property Development Services</t>
+  </si>
+  <si>
+    <t>2,160,000,000.00</t>
+  </si>
+  <si>
+    <t>Postage and Courier</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Architectual and engineering consultancy</t>
+  </si>
+  <si>
+    <t>400,000,000.00</t>
+  </si>
+  <si>
+    <t>Feasibility studies for large projects</t>
+  </si>
+  <si>
+    <t>500,000,000.00</t>
+  </si>
+  <si>
+    <t>Petroleum products, natural gas and lubricants</t>
+  </si>
+  <si>
+    <t>11,500,580,000.00</t>
+  </si>
+  <si>
+    <t>Personal safety and protection</t>
+  </si>
+  <si>
+    <t>68,916,000.00</t>
+  </si>
+  <si>
+    <t>Laboratory supplies and fixtures</t>
+  </si>
+  <si>
+    <t>900,000.00</t>
+  </si>
+  <si>
+    <t>Insurance Services</t>
+  </si>
+  <si>
+    <t>120,000,000.00</t>
+  </si>
+  <si>
+    <t>Clinical/Laboratory Equipment</t>
+  </si>
+  <si>
+    <t>1,045,944,768.00</t>
+  </si>
+  <si>
+    <t>Management advisory services</t>
+  </si>
+  <si>
+    <t>510,000,000.00</t>
+  </si>
+  <si>
+    <t>Clothing</t>
+  </si>
+  <si>
+    <t>61,000,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Other - Professional Services</t>
+  </si>
+  <si>
+    <t>1,900,000,000.00</t>
+  </si>
+  <si>
+    <t>Containers and storage</t>
+  </si>
+  <si>
     <t>Transportation repair or maintenance services</t>
   </si>
   <si>
     <t>525,000,000.00</t>
   </si>
   <si>
     <t>Office machines and their supplies and accessories</t>
   </si>
   <si>
     <t>87,891,000.00</t>
   </si>
   <si>
     <t>Information services</t>
   </si>
   <si>
     <t>214,000,000.00</t>
   </si>
   <si>
     <t>Exterior property cleaning and maintenance</t>
   </si>
   <si>
     <t>742,000,000.00</t>
   </si>
   <si>
     <t>Finance, Health, Water and Environmental Consulting</t>
   </si>
   <si>
     <t>252,849,000.00</t>
   </si>
   <si>
-    <t>Consultancy Service of Design and Construction Supervision of Architectures Engineering</t>
-[...4 lines deleted...]
-  <si>
     <t>Project development and appraisal</t>
   </si>
   <si>
     <t>909,294,000.00</t>
   </si>
   <si>
-    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
-[...121 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>400,587,964,000.00</t>
+    <t>401,389,964,000.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2206,153 +2206,153 @@
     <row r="76" spans="1:5">
       <c r="A76">
         <v>74</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
       <c r="E76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77">
         <v>75</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>155</v>
+        <v>137</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78">
         <v>76</v>
       </c>
       <c r="B78" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" s="3" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79">
         <v>77</v>
       </c>
       <c r="B79" t="s">
+        <v>157</v>
+      </c>
+      <c r="C79" s="3" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80">
         <v>78</v>
       </c>
       <c r="B80" t="s">
+        <v>159</v>
+      </c>
+      <c r="C80" s="3" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81">
         <v>79</v>
       </c>
       <c r="B81" t="s">
+        <v>161</v>
+      </c>
+      <c r="C81" s="3" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
       <c r="E81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82">
         <v>80</v>
       </c>
       <c r="B82" t="s">
+        <v>163</v>
+      </c>
+      <c r="C82" s="3" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D82" t="s">
         <v>8</v>
       </c>
       <c r="E82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83">
         <v>81</v>
       </c>
       <c r="B83" t="s">
+        <v>165</v>
+      </c>
+      <c r="C83" s="3" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>167</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>169</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84" t="s">
         <v>9</v>
       </c>
     </row>