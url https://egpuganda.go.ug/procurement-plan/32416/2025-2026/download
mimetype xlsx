--- v0 (2026-01-06)
+++ v1 (2026-02-05)
@@ -34,302 +34,302 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Ministry of Works and Transport Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
+    <t>Computer Equipment and Accessories</t>
+  </si>
+  <si>
+    <t>425,000,000.00</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>UGX</t>
+  </si>
+  <si>
+    <t>Office and desk accessories</t>
+  </si>
+  <si>
+    <t>490,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing, Stationery, Photocopying and Binding</t>
+  </si>
+  <si>
+    <t>1,925,417,847.00</t>
+  </si>
+  <si>
+    <t>Uniforms, curtains, protective wear and carpets</t>
+  </si>
+  <si>
+    <t>908,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>21,382,896,000.00</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
     <t>107,425,494,879.00</t>
   </si>
   <si>
-    <t>N/A</t>
-[...2 lines deleted...]
-    <t>UGX</t>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>14,672,034,160.00</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
-    <t>4,454,000,000.00</t>
-[...5 lines deleted...]
-    <t>14,672,034,160.00</t>
+    <t>4,509,000,000.00</t>
+  </si>
+  <si>
+    <t>Software Licences (Oracle BI, power BI, )</t>
+  </si>
+  <si>
+    <t>680,000,000.00</t>
+  </si>
+  <si>
+    <t>Air Tickets</t>
+  </si>
+  <si>
+    <t>174,000,000.00</t>
+  </si>
+  <si>
+    <t>ICT Hardware and Software Solutions</t>
+  </si>
+  <si>
+    <t>9,633,182,000.00</t>
+  </si>
+  <si>
+    <t>Hand tools</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
+  </si>
+  <si>
+    <t>4,785,835,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Stationery </t>
+  </si>
+  <si>
+    <t>384,896,000.00</t>
+  </si>
+  <si>
+    <t>Construction of buildings and carpentry</t>
+  </si>
+  <si>
+    <t>15,050,000,000.00</t>
+  </si>
+  <si>
+    <t>Toners and Cartridges</t>
+  </si>
+  <si>
+    <t>430,000,000.00</t>
+  </si>
+  <si>
+    <t>FURNITURE  &amp; FITTINGS</t>
+  </si>
+  <si>
+    <t>630,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing Reports and Magazines</t>
+  </si>
+  <si>
+    <t>1,495,000,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>47,000,000.00</t>
+  </si>
+  <si>
+    <t>Catering services</t>
+  </si>
+  <si>
+    <t>318,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
+    <t>Office equipment, stationery and consumables</t>
+  </si>
+  <si>
+    <t>592,287,200.00</t>
+  </si>
+  <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Workshops and Seminars</t>
+  </si>
+  <si>
+    <t>183,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertsing and media services</t>
+  </si>
+  <si>
+    <t>154,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Identity Cards</t>
+  </si>
+  <si>
+    <t>Branded items- (Staff &amp; External)</t>
+  </si>
+  <si>
+    <t>Cleaning Expenses</t>
+  </si>
+  <si>
+    <t>400,000,000.00</t>
+  </si>
+  <si>
+    <t>Information services</t>
+  </si>
+  <si>
+    <t>579,724,000.00</t>
+  </si>
+  <si>
+    <t>Postage and Courier</t>
+  </si>
+  <si>
+    <t>Events Management</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Transport and Logistics</t>
+  </si>
+  <si>
+    <t>OFFICE EQUIPMENT</t>
+  </si>
+  <si>
+    <t>180,000,000.00</t>
+  </si>
+  <si>
+    <t>Accomodation and conference facilities</t>
+  </si>
+  <si>
+    <t>Components for information technology or broadcasting or telecommunications</t>
+  </si>
+  <si>
+    <t>30,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and construction materials</t>
+  </si>
+  <si>
+    <t>80,291,500,000.00</t>
+  </si>
+  <si>
+    <t>Construction of roads and bridges</t>
+  </si>
+  <si>
+    <t>37,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Procurement consultancy</t>
+  </si>
+  <si>
+    <t>7,655,000,000.00</t>
+  </si>
+  <si>
+    <t>Office furniture and furnishings</t>
+  </si>
+  <si>
+    <t>110,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertising and media services</t>
+  </si>
+  <si>
+    <t>58,000,000.00</t>
+  </si>
+  <si>
+    <t>Topographical and cadastral surveys</t>
+  </si>
+  <si>
+    <t>80,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>122,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment,machinery,office tools and equipment</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>888,499,650.00</t>
   </si>
   <si>
-    <t>Printing, Stationery, Photocopying and Binding</t>
-[...220 lines deleted...]
-  <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
     <t>Security services</t>
   </si>
   <si>
     <t>Business and Management consultancy</t>
   </si>
   <si>
     <t>3,200,000,000.00</t>
   </si>
   <si>
     <t>Restaurants and catering</t>
   </si>
   <si>
     <t>6,000,000.00</t>
   </si>
   <si>
     <t>Gaseous fuels and additives</t>
   </si>
   <si>
     <t>350,000,000.00</t>
   </si>
   <si>
     <t>Industrial machine tools</t>
@@ -427,51 +427,51 @@
   <si>
     <t>Life Saving Equipment</t>
   </si>
   <si>
     <t>500,000,000.00</t>
   </si>
   <si>
     <t>Generators and solar equipment</t>
   </si>
   <si>
     <t>Fleet, Fuel and Power Monitoring Systems</t>
   </si>
   <si>
     <t>Testing, Inspection and Certification of Goods</t>
   </si>
   <si>
     <t>1,200,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>368,170,971,105.00</t>
+    <t>368,485,971,105.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1277,204 +1277,204 @@
     <row r="27" spans="1:5">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
+        <v>60</v>
+      </c>
+      <c r="C30" s="3" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
+        <v>65</v>
+      </c>
+      <c r="C33" s="3" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>67</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
+        <v>68</v>
+      </c>
+      <c r="C35" s="3" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
         <v>70</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
+        <v>71</v>
+      </c>
+      <c r="C37" s="3" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>73</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>74</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1566,102 +1566,102 @@
     <row r="44" spans="1:5">
       <c r="A44">
         <v>42</v>
       </c>
       <c r="B44" t="s">
         <v>85</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45">
         <v>43</v>
       </c>
       <c r="B45" t="s">
         <v>87</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D45" t="s">
         <v>8</v>
       </c>
       <c r="E45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46">
         <v>44</v>
       </c>
       <c r="B46" t="s">
+        <v>88</v>
+      </c>
+      <c r="C46" s="3" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
       <c r="E46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47">
         <v>45</v>
       </c>
       <c r="B47" t="s">
         <v>90</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D47" t="s">
         <v>8</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48">
         <v>46</v>
       </c>
       <c r="B48" t="s">
         <v>91</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
       <c r="E48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49">
         <v>47</v>
       </c>
       <c r="B49" t="s">
         <v>92</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>93</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1702,68 +1702,68 @@
     <row r="52" spans="1:5">
       <c r="A52">
         <v>50</v>
       </c>
       <c r="B52" t="s">
         <v>98</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>99</v>
       </c>
       <c r="D52" t="s">
         <v>8</v>
       </c>
       <c r="E52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53">
         <v>51</v>
       </c>
       <c r="B53" t="s">
         <v>100</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54">
         <v>52</v>
       </c>
       <c r="B54" t="s">
         <v>101</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>53</v>
       </c>
       <c r="B55" t="s">
         <v>102</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>103</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1991,68 +1991,68 @@
     <row r="69" spans="1:5">
       <c r="A69">
         <v>67</v>
       </c>
       <c r="B69" t="s">
         <v>129</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>130</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70">
         <v>68</v>
       </c>
       <c r="B70" t="s">
         <v>131</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71">
         <v>69</v>
       </c>
       <c r="B71" t="s">
         <v>132</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72">
         <v>70</v>
       </c>
       <c r="B72" t="s">
         <v>133</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>134</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72" t="s">
         <v>9</v>
       </c>
     </row>