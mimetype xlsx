--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -14,446 +14,464 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Ministry of Works and Transport Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
-    <t>38,048,000,000.00</t>
+    <t>38,233,700,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
-    <t>4,394,000,000.00</t>
+    <t>4,454,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>14,672,034,160.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
-    <t>616,000,000.00</t>
+    <t>888,499,650.00</t>
   </si>
   <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
-    <t>1,695,417,847.00</t>
+    <t>1,875,417,847.00</t>
   </si>
   <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
+    <t>430,000,000.00</t>
+  </si>
+  <si>
+    <t>Computer Equipment and Accessories</t>
+  </si>
+  <si>
+    <t>425,000,000.00</t>
+  </si>
+  <si>
+    <t>Office and desk accessories</t>
+  </si>
+  <si>
+    <t>490,000,000.00</t>
+  </si>
+  <si>
+    <t>Uniforms, curtains, protective wear and carpets</t>
+  </si>
+  <si>
+    <t>908,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>21,382,896,000.00</t>
+  </si>
+  <si>
+    <t>Software Licences (Oracle BI, power BI, )</t>
+  </si>
+  <si>
+    <t>680,000,000.00</t>
+  </si>
+  <si>
+    <t>Air Tickets</t>
+  </si>
+  <si>
+    <t>174,000,000.00</t>
+  </si>
+  <si>
+    <t>Office equipment, stationery and consumables</t>
+  </si>
+  <si>
+    <t>592,287,200.00</t>
+  </si>
+  <si>
+    <t>Oil and gas operating and production equipment</t>
+  </si>
+  <si>
+    <t>4,326,722,000.00</t>
+  </si>
+  <si>
+    <t>Offset printing, Packaging, Designing, Digital printing, Billboard printing, Signages, Fabrication work, Promotional items and Aluminium partitioning</t>
+  </si>
+  <si>
+    <t>74,600,000.00</t>
+  </si>
+  <si>
+    <t>Flight Inspection</t>
+  </si>
+  <si>
+    <t>600,000,000.00</t>
+  </si>
+  <si>
+    <t>Workplace safety equipment and supplies and training materials</t>
+  </si>
+  <si>
+    <t>620,000,000.00</t>
+  </si>
+  <si>
+    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
+  </si>
+  <si>
+    <t>4,785,835,000.00</t>
+  </si>
+  <si>
+    <t>Firefighting equipment and spares</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
+    <t>FURNITURE  &amp; FITTINGS</t>
+  </si>
+  <si>
+    <t>420,000,000.00</t>
+  </si>
+  <si>
+    <t>ICT Hardware and Software Solutions</t>
+  </si>
+  <si>
+    <t>9,633,182,000.00</t>
+  </si>
+  <si>
+    <t>Tyres, tubes and batteries</t>
+  </si>
+  <si>
+    <t>4,651,386,320.00</t>
+  </si>
+  <si>
+    <t>Vehicle Tracking and Fleet Management</t>
+  </si>
+  <si>
+    <t>7,200,000,000.00</t>
+  </si>
+  <si>
+    <t>Transport services</t>
+  </si>
+  <si>
+    <t>3,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Insurance Services</t>
+  </si>
+  <si>
+    <t>2,200,000,000.00</t>
+  </si>
+  <si>
+    <t>Ferries, Brat Engines and Spare parts</t>
+  </si>
+  <si>
+    <t>19,828,737,517.00</t>
+  </si>
+  <si>
+    <t>Life Saving Equipment</t>
+  </si>
+  <si>
+    <t>500,000,000.00</t>
+  </si>
+  <si>
+    <t>Generators and solar equipment</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
+    <t>Fleet, Fuel and Power Monitoring Systems</t>
+  </si>
+  <si>
+    <t>400,000,000.00</t>
+  </si>
+  <si>
+    <t>Testing, Inspection and Certification of Goods</t>
+  </si>
+  <si>
+    <t>1,200,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and construction materials</t>
+  </si>
+  <si>
+    <t>80,291,500,000.00</t>
+  </si>
+  <si>
+    <t>Hand tools</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Stationery </t>
+  </si>
+  <si>
+    <t>384,896,000.00</t>
+  </si>
+  <si>
+    <t>Construction of buildings and carpentry</t>
+  </si>
+  <si>
+    <t>15,050,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing Reports and Magazines</t>
+  </si>
+  <si>
+    <t>1,495,000,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>47,000,000.00</t>
+  </si>
+  <si>
+    <t>Catering services</t>
+  </si>
+  <si>
+    <t>318,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
+  </si>
+  <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Workshops and Seminars</t>
+  </si>
+  <si>
+    <t>183,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertsing and media services</t>
+  </si>
+  <si>
+    <t>154,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Identity Cards</t>
+  </si>
+  <si>
+    <t>Branded items- (Staff &amp; External)</t>
+  </si>
+  <si>
+    <t>Cleaning Expenses</t>
+  </si>
+  <si>
+    <t>Information services</t>
+  </si>
+  <si>
+    <t>579,724,000.00</t>
+  </si>
+  <si>
+    <t>Postage and Courier</t>
+  </si>
+  <si>
+    <t>Events Management</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Transport and Logistics</t>
+  </si>
+  <si>
+    <t>OFFICE EQUIPMENT</t>
+  </si>
+  <si>
+    <t>180,000,000.00</t>
+  </si>
+  <si>
+    <t>Accomodation and conference facilities</t>
+  </si>
+  <si>
+    <t>Components for information technology or broadcasting or telecommunications</t>
+  </si>
+  <si>
+    <t>30,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of roads and bridges</t>
+  </si>
+  <si>
+    <t>37,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Procurement consultancy</t>
+  </si>
+  <si>
+    <t>7,655,000,000.00</t>
+  </si>
+  <si>
+    <t>Office furniture and furnishings</t>
+  </si>
+  <si>
+    <t>110,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertising and media services</t>
+  </si>
+  <si>
+    <t>58,000,000.00</t>
+  </si>
+  <si>
+    <t>Topographical and cadastral surveys</t>
+  </si>
+  <si>
+    <t>80,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>122,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment,machinery,office tools and equipment</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>Security services</t>
+  </si>
+  <si>
+    <t>Business and Management consultancy</t>
+  </si>
+  <si>
+    <t>3,200,000,000.00</t>
+  </si>
+  <si>
+    <t>Restaurants and catering</t>
+  </si>
+  <si>
+    <t>6,000,000.00</t>
+  </si>
+  <si>
+    <t>Gaseous fuels and additives</t>
+  </si>
+  <si>
+    <t>350,000,000.00</t>
+  </si>
+  <si>
+    <t>Industrial machine tools</t>
+  </si>
+  <si>
+    <t>256,758,532.00</t>
+  </si>
+  <si>
+    <t>Professional engineering services</t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>Motor vehicles</t>
+  </si>
+  <si>
+    <t>32,000,000.00</t>
+  </si>
+  <si>
+    <t>Office supplies</t>
+  </si>
+  <si>
     <t>330,000,000.00</t>
   </si>
   <si>
-    <t>Computer Equipment and Accessories</t>
-[...212 lines deleted...]
-    <t>154,000,000.00</t>
+    <t>Land, Buildings, Structures and Thoroughfares</t>
+  </si>
+  <si>
+    <t>4,000,000,000.00</t>
   </si>
   <si>
     <t>Machinery and transport equipment manufacture</t>
   </si>
   <si>
-    <t>Restaurants and catering</t>
-[...106 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>249,475,976,576.00</t>
+    <t>298,979,176,226.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,54 +807,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E70"/>
+  <dimension ref="A1:E73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C70" sqref="C70"/>
+      <selection activeCell="C73" sqref="C73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="149.812" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1225,804 +1243,855 @@
     <row r="25" spans="1:5">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
         <v>39</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42">
         <v>40</v>
       </c>
       <c r="B42" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43">
         <v>41</v>
       </c>
       <c r="B43" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44">
         <v>42</v>
       </c>
       <c r="B44" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45">
         <v>43</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="D45" t="s">
         <v>8</v>
       </c>
       <c r="E45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46">
         <v>44</v>
       </c>
       <c r="B46" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
       <c r="E46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47">
         <v>45</v>
       </c>
       <c r="B47" t="s">
+        <v>92</v>
+      </c>
+      <c r="C47" s="3" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D47" t="s">
         <v>8</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48">
         <v>46</v>
       </c>
       <c r="B48" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>96</v>
+        <v>63</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
       <c r="E48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49">
         <v>47</v>
       </c>
       <c r="B49" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50">
         <v>48</v>
       </c>
       <c r="B50" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="D50" t="s">
         <v>8</v>
       </c>
       <c r="E50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51">
         <v>49</v>
       </c>
       <c r="B51" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
       <c r="E51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52">
         <v>50</v>
       </c>
       <c r="B52" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>103</v>
+        <v>63</v>
       </c>
       <c r="D52" t="s">
         <v>8</v>
       </c>
       <c r="E52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53">
         <v>51</v>
       </c>
       <c r="B53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54">
         <v>52</v>
       </c>
       <c r="B54" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>19</v>
+        <v>104</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>53</v>
       </c>
       <c r="B55" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
         <v>54</v>
       </c>
       <c r="B56" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57">
         <v>55</v>
       </c>
       <c r="B57" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
         <v>56</v>
       </c>
       <c r="B58" t="s">
+        <v>111</v>
+      </c>
+      <c r="C58" s="3" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
         <v>57</v>
       </c>
       <c r="B59" t="s">
+        <v>113</v>
+      </c>
+      <c r="C59" s="3" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60">
         <v>58</v>
       </c>
       <c r="B60" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61">
         <v>59</v>
       </c>
       <c r="B61" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62">
         <v>60</v>
       </c>
       <c r="B62" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>118</v>
+        <v>84</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63">
         <v>61</v>
       </c>
       <c r="B63" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>78</v>
+        <v>119</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
         <v>62</v>
       </c>
       <c r="B64" t="s">
+        <v>120</v>
+      </c>
+      <c r="C64" s="3" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
         <v>63</v>
       </c>
       <c r="B65" t="s">
         <v>122</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>123</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
         <v>64</v>
       </c>
       <c r="B66" t="s">
         <v>124</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>78</v>
+        <v>125</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
         <v>65</v>
       </c>
       <c r="B67" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
         <v>66</v>
       </c>
       <c r="B68" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69">
         <v>67</v>
       </c>
       <c r="B69" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
-      <c r="A70" t="s">
-[...2 lines deleted...]
-      <c r="B70" s="4" t="s">
+      <c r="A70">
+        <v>68</v>
+      </c>
+      <c r="B70" t="s">
         <v>130</v>
       </c>
-      <c r="C70" s="4" t="s">
+      <c r="C70" s="3" t="s">
         <v>131</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71">
+        <v>69</v>
+      </c>
+      <c r="B71" t="s">
+        <v>132</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D71" t="s">
+        <v>8</v>
+      </c>
+      <c r="E71" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72">
+        <v>70</v>
+      </c>
+      <c r="B72" t="s">
+        <v>134</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D72" t="s">
+        <v>8</v>
+      </c>
+      <c r="E72" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" t="s">
+        <v>135</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D73" t="s">
+        <v>8</v>
+      </c>
+      <c r="E73" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>