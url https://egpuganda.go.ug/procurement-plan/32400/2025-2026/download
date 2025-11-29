--- v1 (2025-11-03)
+++ v2 (2025-11-29)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Ministry of Works and Transport Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
-    <t>38,233,700,000.00</t>
+    <t>107,425,494,879.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
     <t>4,454,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>14,672,034,160.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>888,499,650.00</t>
   </si>
@@ -112,366 +112,366 @@
   <si>
     <t>Uniforms, curtains, protective wear and carpets</t>
   </si>
   <si>
     <t>908,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
     <t>21,382,896,000.00</t>
   </si>
   <si>
     <t>Software Licences (Oracle BI, power BI, )</t>
   </si>
   <si>
     <t>680,000,000.00</t>
   </si>
   <si>
     <t>Air Tickets</t>
   </si>
   <si>
     <t>174,000,000.00</t>
   </si>
   <si>
+    <t>ICT Hardware and Software Solutions</t>
+  </si>
+  <si>
+    <t>9,633,182,000.00</t>
+  </si>
+  <si>
+    <t>Hand tools</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
+  </si>
+  <si>
+    <t>4,785,835,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Stationery </t>
+  </si>
+  <si>
+    <t>384,896,000.00</t>
+  </si>
+  <si>
+    <t>Construction of buildings and carpentry</t>
+  </si>
+  <si>
+    <t>15,050,000,000.00</t>
+  </si>
+  <si>
+    <t>FURNITURE  &amp; FITTINGS</t>
+  </si>
+  <si>
+    <t>420,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing Reports and Magazines</t>
+  </si>
+  <si>
+    <t>1,495,000,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>47,000,000.00</t>
+  </si>
+  <si>
+    <t>Catering services</t>
+  </si>
+  <si>
+    <t>318,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
     <t>592,287,200.00</t>
   </si>
   <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Workshops and Seminars</t>
+  </si>
+  <si>
+    <t>183,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertsing and media services</t>
+  </si>
+  <si>
+    <t>154,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Identity Cards</t>
+  </si>
+  <si>
+    <t>Branded items- (Staff &amp; External)</t>
+  </si>
+  <si>
+    <t>Cleaning Expenses</t>
+  </si>
+  <si>
+    <t>400,000,000.00</t>
+  </si>
+  <si>
+    <t>Information services</t>
+  </si>
+  <si>
+    <t>579,724,000.00</t>
+  </si>
+  <si>
+    <t>Postage and Courier</t>
+  </si>
+  <si>
+    <t>Events Management</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Transport and Logistics</t>
+  </si>
+  <si>
+    <t>OFFICE EQUIPMENT</t>
+  </si>
+  <si>
+    <t>180,000,000.00</t>
+  </si>
+  <si>
+    <t>Accomodation and conference facilities</t>
+  </si>
+  <si>
+    <t>Components for information technology or broadcasting or telecommunications</t>
+  </si>
+  <si>
+    <t>30,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and construction materials</t>
+  </si>
+  <si>
+    <t>80,291,500,000.00</t>
+  </si>
+  <si>
+    <t>Construction of roads and bridges</t>
+  </si>
+  <si>
+    <t>37,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Procurement consultancy</t>
+  </si>
+  <si>
+    <t>7,655,000,000.00</t>
+  </si>
+  <si>
+    <t>Office furniture and furnishings</t>
+  </si>
+  <si>
+    <t>110,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertising and media services</t>
+  </si>
+  <si>
+    <t>58,000,000.00</t>
+  </si>
+  <si>
+    <t>Topographical and cadastral surveys</t>
+  </si>
+  <si>
+    <t>80,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>122,000,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment,machinery,office tools and equipment</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>Security services</t>
+  </si>
+  <si>
+    <t>Business and Management consultancy</t>
+  </si>
+  <si>
+    <t>3,200,000,000.00</t>
+  </si>
+  <si>
+    <t>Restaurants and catering</t>
+  </si>
+  <si>
+    <t>6,000,000.00</t>
+  </si>
+  <si>
+    <t>Gaseous fuels and additives</t>
+  </si>
+  <si>
+    <t>350,000,000.00</t>
+  </si>
+  <si>
+    <t>Industrial machine tools</t>
+  </si>
+  <si>
+    <t>256,758,532.00</t>
+  </si>
+  <si>
+    <t>Professional engineering services</t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>Motor vehicles</t>
+  </si>
+  <si>
+    <t>32,000,000.00</t>
+  </si>
+  <si>
+    <t>Office supplies</t>
+  </si>
+  <si>
+    <t>330,000,000.00</t>
+  </si>
+  <si>
+    <t>Land, Buildings, Structures and Thoroughfares</t>
+  </si>
+  <si>
+    <t>4,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Machinery and transport equipment manufacture</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
     <t>Oil and gas operating and production equipment</t>
   </si>
   <si>
     <t>4,326,722,000.00</t>
   </si>
   <si>
     <t>Offset printing, Packaging, Designing, Digital printing, Billboard printing, Signages, Fabrication work, Promotional items and Aluminium partitioning</t>
   </si>
   <si>
     <t>74,600,000.00</t>
   </si>
   <si>
     <t>Flight Inspection</t>
   </si>
   <si>
     <t>600,000,000.00</t>
   </si>
   <si>
     <t>Workplace safety equipment and supplies and training materials</t>
   </si>
   <si>
     <t>620,000,000.00</t>
   </si>
   <si>
-    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
-[...4 lines deleted...]
-  <si>
     <t>Firefighting equipment and spares</t>
   </si>
   <si>
-    <t>150,000,000.00</t>
-[...13 lines deleted...]
-  <si>
     <t>Tyres, tubes and batteries</t>
   </si>
   <si>
     <t>4,651,386,320.00</t>
   </si>
   <si>
     <t>Vehicle Tracking and Fleet Management</t>
   </si>
   <si>
     <t>7,200,000,000.00</t>
   </si>
   <si>
     <t>Transport services</t>
   </si>
   <si>
     <t>3,000,000,000.00</t>
   </si>
   <si>
     <t>Insurance Services</t>
   </si>
   <si>
     <t>2,200,000,000.00</t>
   </si>
   <si>
     <t>Ferries, Brat Engines and Spare parts</t>
   </si>
   <si>
     <t>19,828,737,517.00</t>
   </si>
   <si>
     <t>Life Saving Equipment</t>
   </si>
   <si>
     <t>500,000,000.00</t>
   </si>
   <si>
     <t>Generators and solar equipment</t>
   </si>
   <si>
-    <t>200,000,000.00</t>
-[...1 lines deleted...]
-  <si>
     <t>Fleet, Fuel and Power Monitoring Systems</t>
   </si>
   <si>
-    <t>400,000,000.00</t>
-[...1 lines deleted...]
-  <si>
     <t>Testing, Inspection and Certification of Goods</t>
   </si>
   <si>
     <t>1,200,000,000.00</t>
   </si>
   <si>
-    <t>Building and construction materials</t>
-[...199 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>298,979,176,226.00</t>
+    <t>368,170,971,105.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1294,782 +1294,782 @@
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
         <v>39</v>
       </c>
       <c r="B41" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42">
         <v>40</v>
       </c>
       <c r="B42" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43">
         <v>41</v>
       </c>
       <c r="B43" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44">
         <v>42</v>
       </c>
       <c r="B44" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45">
         <v>43</v>
       </c>
       <c r="B45" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="D45" t="s">
         <v>8</v>
       </c>
       <c r="E45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46">
         <v>44</v>
       </c>
       <c r="B46" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
       <c r="E46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47">
         <v>45</v>
       </c>
       <c r="B47" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="D47" t="s">
         <v>8</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48">
         <v>46</v>
       </c>
       <c r="B48" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
       <c r="E48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49">
         <v>47</v>
       </c>
       <c r="B49" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50">
         <v>48</v>
       </c>
       <c r="B50" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D50" t="s">
         <v>8</v>
       </c>
       <c r="E50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51">
         <v>49</v>
       </c>
       <c r="B51" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
       <c r="E51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52">
         <v>50</v>
       </c>
       <c r="B52" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="D52" t="s">
         <v>8</v>
       </c>
       <c r="E52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53">
         <v>51</v>
       </c>
       <c r="B53" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54">
         <v>52</v>
       </c>
       <c r="B54" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>53</v>
       </c>
       <c r="B55" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
         <v>54</v>
       </c>
       <c r="B56" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57">
         <v>55</v>
       </c>
       <c r="B57" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
         <v>56</v>
       </c>
       <c r="B58" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
         <v>57</v>
       </c>
       <c r="B59" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60">
         <v>58</v>
       </c>
       <c r="B60" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61">
         <v>59</v>
       </c>
       <c r="B61" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62">
         <v>60</v>
       </c>
       <c r="B62" t="s">
+        <v>116</v>
+      </c>
+      <c r="C62" s="3" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63">
         <v>61</v>
       </c>
       <c r="B63" t="s">
         <v>118</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
         <v>62</v>
       </c>
       <c r="B64" t="s">
+        <v>119</v>
+      </c>
+      <c r="C64" s="3" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
         <v>63</v>
       </c>
       <c r="B65" t="s">
+        <v>121</v>
+      </c>
+      <c r="C65" s="3" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
         <v>64</v>
       </c>
       <c r="B66" t="s">
+        <v>123</v>
+      </c>
+      <c r="C66" s="3" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
         <v>65</v>
       </c>
       <c r="B67" t="s">
+        <v>125</v>
+      </c>
+      <c r="C67" s="3" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
         <v>66</v>
       </c>
       <c r="B68" t="s">
         <v>127</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>96</v>
+        <v>128</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69">
         <v>67</v>
       </c>
       <c r="B69" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70">
         <v>68</v>
       </c>
       <c r="B70" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>131</v>
+        <v>51</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71">
         <v>69</v>
       </c>
       <c r="B71" t="s">
         <v>132</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>133</v>
+        <v>63</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72">
         <v>70</v>
       </c>
       <c r="B72" t="s">
+        <v>133</v>
+      </c>
+      <c r="C72" s="3" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>135</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>136</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>137</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>9</v>
       </c>
     </row>