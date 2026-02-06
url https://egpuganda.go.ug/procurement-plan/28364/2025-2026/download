--- v0 (2026-01-06)
+++ v1 (2026-02-06)
@@ -316,192 +316,192 @@
   <si>
     <t>Communications Devices and Accessories</t>
   </si>
   <si>
     <t>11,000,000.00</t>
   </si>
   <si>
     <t>Information Technology Service Delivery</t>
   </si>
   <si>
     <t>50,800,000.00</t>
   </si>
   <si>
     <t>Servicing, Repair and Maintenance of Medical Equipments</t>
   </si>
   <si>
     <t>3,331,364,000.00</t>
   </si>
   <si>
     <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
   </si>
   <si>
     <t>70,000,000.00</t>
   </si>
   <si>
+    <t>Air ticketing, tours and travel</t>
+  </si>
+  <si>
+    <t>78,673,836.00</t>
+  </si>
+  <si>
+    <t>MEDIA RELATIONS AND MANAGEMENT</t>
+  </si>
+  <si>
+    <t>2,022,428,000.00</t>
+  </si>
+  <si>
+    <t>Items for Disposal</t>
+  </si>
+  <si>
+    <t>73,217,760.00</t>
+  </si>
+  <si>
+    <t>Medical sterilization products</t>
+  </si>
+  <si>
+    <t>97,326,192.00</t>
+  </si>
+  <si>
+    <t>Batteries and generators and kinetic power transmission</t>
+  </si>
+  <si>
+    <t>216,222,981.00</t>
+  </si>
+  <si>
+    <t>FURNITURE  &amp; FITTINGS</t>
+  </si>
+  <si>
+    <t>7,000,000.00</t>
+  </si>
+  <si>
+    <t>Hire of Venue (chairs, projector, etc)</t>
+  </si>
+  <si>
+    <t>Advertising</t>
+  </si>
+  <si>
+    <t>Components for information technology or broadcasting or telecommunications</t>
+  </si>
+  <si>
+    <t>48,159,000.00</t>
+  </si>
+  <si>
+    <t>Fuels</t>
+  </si>
+  <si>
+    <t>579,876,000.00</t>
+  </si>
+  <si>
+    <t>Vehicle Servicing</t>
+  </si>
+  <si>
+    <t>50,883,000.00</t>
+  </si>
+  <si>
+    <t>Nonresidential building construction services</t>
+  </si>
+  <si>
+    <t>7,700,524,443.00</t>
+  </si>
+  <si>
+    <t>Medical facility products</t>
+  </si>
+  <si>
+    <t>3,160,000,000.00</t>
+  </si>
+  <si>
+    <t>Advertsing and media services</t>
+  </si>
+  <si>
+    <t>4,000,000.00</t>
+  </si>
+  <si>
+    <t>Office Furniture</t>
+  </si>
+  <si>
+    <t>10,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing Reports and Magazines</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>ICT Hardware and Software Solutions</t>
+  </si>
+  <si>
+    <t>8,000,000.00</t>
+  </si>
+  <si>
+    <t>Events Management</t>
+  </si>
+  <si>
+    <t>54,700,000.00</t>
+  </si>
+  <si>
+    <t>COMPUTERS</t>
+  </si>
+  <si>
+    <t>14,000,000.00</t>
+  </si>
+  <si>
+    <t>Laboratory supplies and fixtures</t>
+  </si>
+  <si>
+    <t>328,000,000.00</t>
+  </si>
+  <si>
+    <t>Transport services</t>
+  </si>
+  <si>
+    <t>8,800,000.00</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of electrical equipment,machinery,office tools and equipment</t>
+  </si>
+  <si>
+    <t>Printing and publishing equipment</t>
+  </si>
+  <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
     <t>2,000,000.00</t>
   </si>
   <si>
     <t>Gaseous fuels and additives</t>
   </si>
   <si>
     <t>184,828,000.00</t>
   </si>
   <si>
     <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
   </si>
   <si>
     <t>5,310,500,000.00</t>
-  </si>
-[...124 lines deleted...]
-    <t>Printing and publishing equipment</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>84,230,275,017.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1775,119 +1775,119 @@
     <row r="54" spans="1:5">
       <c r="A54">
         <v>52</v>
       </c>
       <c r="B54" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>53</v>
       </c>
       <c r="B55" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
         <v>54</v>
       </c>
       <c r="B56" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57">
         <v>55</v>
       </c>
       <c r="B57" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
         <v>56</v>
       </c>
       <c r="B58" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
         <v>57</v>
       </c>
       <c r="B59" t="s">
+        <v>118</v>
+      </c>
+      <c r="C59" s="3" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60">
         <v>58</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
     </row>
@@ -2030,119 +2030,119 @@
     <row r="69" spans="1:5">
       <c r="A69">
         <v>67</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70">
         <v>68</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71">
         <v>69</v>
       </c>
       <c r="B71" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72">
         <v>70</v>
       </c>
       <c r="B72" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73">
         <v>71</v>
       </c>
       <c r="B73" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74">
         <v>72</v>
       </c>
       <c r="B74" t="s">
+        <v>146</v>
+      </c>
+      <c r="C74" s="3" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>150</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75" t="s">
         <v>9</v>
       </c>
     </row>