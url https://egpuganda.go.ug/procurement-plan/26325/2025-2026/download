--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -14,158 +14,158 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Ministry of Education and Sports Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
-    <t>141,103,850.00</t>
+    <t>149,603,850.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>OFFICE EQUIPMENT</t>
   </si>
   <si>
     <t>12,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>885,009,502.00</t>
   </si>
   <si>
     <t>Uniforms, curtains, protective wear and carpets</t>
   </si>
   <si>
     <t>11,000,000.00</t>
   </si>
   <si>
     <t>Tents</t>
   </si>
   <si>
     <t>4,500,000.00</t>
   </si>
   <si>
     <t>Catering Services</t>
   </si>
   <si>
     <t>163,000,000.00</t>
   </si>
   <si>
     <t>Printing Reports and Magazines</t>
   </si>
   <si>
-    <t>427,000,000.00</t>
+    <t>473,300,000.00</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
-    <t>485,000,000.00</t>
+    <t>637,200,000.00</t>
   </si>
   <si>
     <t>Hire of Venue (chairs, projector, etc)</t>
   </si>
   <si>
     <t>75,000,000.00</t>
   </si>
   <si>
     <t>Alternative educational systems</t>
   </si>
   <si>
     <t>367,180,000.00</t>
   </si>
   <si>
     <t>Catering services</t>
   </si>
   <si>
     <t>65,000,000.00</t>
   </si>
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
     <t>347,560,680.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
     <t>874,002,280.00</t>
   </si>
   <si>
     <t>Tyres, tubes and batteries</t>
   </si>
   <si>
-    <t>297,299,192.00</t>
+    <t>327,299,192.00</t>
   </si>
   <si>
     <t>Science Textbooks and Manuals</t>
   </si>
   <si>
     <t>7,500,000,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>367,727,909.00</t>
   </si>
   <si>
     <t>Educational and reading materials</t>
   </si>
   <si>
     <t>19,009,573,403.00</t>
   </si>
   <si>
     <t>Construction of buildings and carpentry</t>
   </si>
   <si>
     <t>636,000,000.00</t>
   </si>
@@ -196,135 +196,147 @@
   <si>
     <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
   </si>
   <si>
     <t>23,000,000.00</t>
   </si>
   <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
     <t>234,902,109.00</t>
   </si>
   <si>
     <t>Weighing Equipment, machinery, office tools and equipment</t>
   </si>
   <si>
     <t>5,840,000.00</t>
   </si>
   <si>
     <t>Sports equipment and accessories</t>
   </si>
   <si>
     <t>452,970,000.00</t>
   </si>
   <si>
+    <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
+  </si>
+  <si>
+    <t>28,000,000.00</t>
+  </si>
+  <si>
+    <t>Office Rent</t>
+  </si>
+  <si>
+    <t>5,819,427,680.00</t>
+  </si>
+  <si>
+    <t>Postage and Courier</t>
+  </si>
+  <si>
+    <t>75,951,000.00</t>
+  </si>
+  <si>
+    <t>Equipment Maintenance, Servicing and Repairs</t>
+  </si>
+  <si>
+    <t>48,270,699.00</t>
+  </si>
+  <si>
+    <t>Lifts/Elevators and Stabilizers</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>4,300,000,000.00</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>357,211,000.00</t>
+  </si>
+  <si>
+    <t>Secretarial, printing, binding and photocopying services</t>
+  </si>
+  <si>
+    <t>25,000,000.00</t>
+  </si>
+  <si>
+    <t>Audio and visual presentation and composing equipment</t>
+  </si>
+  <si>
+    <t>5,150,000,000.00</t>
+  </si>
+  <si>
+    <t>Containers and storage</t>
+  </si>
+  <si>
+    <t>4,218,016,750.00</t>
+  </si>
+  <si>
+    <t>Business management and consultancy</t>
+  </si>
+  <si>
+    <t>77,500,000.00</t>
+  </si>
+  <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
-    <t>120,000,000.00</t>
+    <t>130,000,000.00</t>
+  </si>
+  <si>
+    <t>Air Tickets</t>
+  </si>
+  <si>
+    <t>27,000,000.00</t>
   </si>
   <si>
     <t>Transportation repair or maintenance services</t>
   </si>
   <si>
     <t>114,000,000.00</t>
   </si>
   <si>
     <t>Feasibility studies for large projects</t>
   </si>
   <si>
-    <t>300,000,000.00</t>
-[...59 lines deleted...]
-    <t>5,150,000,000.00</t>
+    <t>800,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>54,354,346,054.00</t>
+    <t>55,205,846,054.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -660,54 +672,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E42"/>
+  <dimension ref="A1:E44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C42" sqref="C42"/>
+      <selection activeCell="C44" sqref="C44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="112.818" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1361,63 +1373,97 @@
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
         <v>39</v>
       </c>
       <c r="B41" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:5">
-      <c r="A42" t="s">
+      <c r="A42">
+        <v>40</v>
+      </c>
+      <c r="B42" t="s">
         <v>86</v>
       </c>
-      <c r="B42" s="4" t="s">
+      <c r="C42" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C42" s="4" t="s">
+      <c r="D42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E42" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43">
+        <v>41</v>
+      </c>
+      <c r="B43" t="s">
         <v>88</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="C43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D43" t="s">
+        <v>8</v>
+      </c>
+      <c r="E43" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="D44" t="s">
+        <v>8</v>
+      </c>
+      <c r="E44" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>