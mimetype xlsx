--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -130,165 +130,165 @@
   <si>
     <t>Office supplies</t>
   </si>
   <si>
     <t>14,000,000.00</t>
   </si>
   <si>
     <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
   </si>
   <si>
     <t>30,475,000.00</t>
   </si>
   <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
     <t>475,000,000.00</t>
   </si>
   <si>
     <t>Offset printing, Packaging, Designing, Digital printing, Billboard printing, Signages, Fabrication work, Promotional items and Aluminium partitioning</t>
   </si>
   <si>
     <t>12,500,000.00</t>
   </si>
   <si>
+    <t>Advertising and media services</t>
+  </si>
+  <si>
+    <t>140,000,000.00</t>
+  </si>
+  <si>
+    <t>Components for information technology or broadcasting or telecommunications</t>
+  </si>
+  <si>
+    <t>15,000,000.00</t>
+  </si>
+  <si>
+    <t>Uniforms, curtains, protective wear and carpets</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
+    <t>Equipment Maintenance, Servicing and Repairs</t>
+  </si>
+  <si>
+    <t>566,000,000.00</t>
+  </si>
+  <si>
+    <t>OFFICE EQUIPMENT</t>
+  </si>
+  <si>
+    <t>416,000,000.00</t>
+  </si>
+  <si>
+    <t>Personal safety and protection</t>
+  </si>
+  <si>
+    <t>Research, Training and capacity building services</t>
+  </si>
+  <si>
+    <t>700,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>290,000,000.00</t>
+  </si>
+  <si>
+    <t>FURNITURE  &amp; FITTINGS</t>
+  </si>
+  <si>
+    <t>1,202,000,000.00</t>
+  </si>
+  <si>
+    <t>Tyres, tubes and batteries</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>3,278,990,000.00</t>
   </si>
   <si>
-    <t>Advertising and media services</t>
-[...2 lines deleted...]
-    <t>140,000,000.00</t>
+    <t>Fuels</t>
+  </si>
+  <si>
+    <t>68,050,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles</t>
+  </si>
+  <si>
+    <t>1,026,500,000.00</t>
+  </si>
+  <si>
+    <t>Information Technology Service Delivery</t>
+  </si>
+  <si>
+    <t>12,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>1,872,000,000.00</t>
+  </si>
+  <si>
+    <t>Office machines and their supplies and accessories</t>
+  </si>
+  <si>
+    <t>8,020,000,000.00</t>
+  </si>
+  <si>
+    <t>Office equipment, stationery and consumables</t>
+  </si>
+  <si>
+    <t>8,000,000.00</t>
   </si>
   <si>
     <t>Security and personal safety</t>
   </si>
   <si>
     <t>1,180,894,300.00</t>
   </si>
   <si>
-    <t>FURNITURE  &amp; FITTINGS</t>
-[...10 lines deleted...]
-  <si>
     <t>Advertising</t>
   </si>
   <si>
-    <t>OFFICE EQUIPMENT</t>
-[...73 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>90,951,297,306.00</t>
+    <t>92,301,297,306.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1094,187 +1094,187 @@
     <row r="27" spans="1:5">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>