--- v0 (2026-01-02)
+++ v1 (2026-01-25)
@@ -14,92 +14,92 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Ministry of Agriculture, Animal Industry &amp; Fisheries Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>49,000,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Workshops and Seminars</t>
   </si>
   <si>
     <t>341,680,693.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
-    <t>1,798,483,675.00</t>
+    <t>2,252,166,880.00</t>
   </si>
   <si>
     <t>Printing Reports and Magazines</t>
   </si>
   <si>
     <t>2,229,558,548.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
     <t>1,896,807,976.00</t>
   </si>
   <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
     <t>1,968,807,976.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>276,000,000.00</t>
   </si>
@@ -115,99 +115,99 @@
   <si>
     <t>391,820,643.00</t>
   </si>
   <si>
     <t>Agricultural Inputs, Equipment and Seedlings</t>
   </si>
   <si>
     <t>411,338,357,555.00</t>
   </si>
   <si>
     <t>ICT Consultancy Services</t>
   </si>
   <si>
     <t>18,000,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>733,922,840.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
-    <t>1,990,000,000.00</t>
+    <t>9,990,000,000.00</t>
   </si>
   <si>
     <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
   </si>
   <si>
     <t>4,252,905,892.00</t>
   </si>
   <si>
     <t>Repair &amp; Rennovation of Properties</t>
   </si>
   <si>
     <t>471,820,643.00</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
     <t>20,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
-    <t>235,000,000.00</t>
+    <t>320,000,000.00</t>
   </si>
   <si>
     <t>General Supplies</t>
   </si>
   <si>
     <t>49,400,000.00</t>
   </si>
   <si>
     <t>Laboratory supplies and fixtures</t>
   </si>
   <si>
     <t>5,540,000,000.00</t>
   </si>
   <si>
     <t>Advertising</t>
   </si>
   <si>
     <t>278,000,000.00</t>
   </si>
   <si>
     <t>Uniforms, curtains, protective wear and carpets</t>
   </si>
   <si>
-    <t>92,000,000.00</t>
+    <t>250,400,000.00</t>
   </si>
   <si>
     <t>Insurance Services</t>
   </si>
   <si>
     <t>292,000,000.00</t>
   </si>
   <si>
     <t>Transport and Logistics</t>
   </si>
   <si>
     <t>9,475,000,000.00</t>
   </si>
   <si>
     <t>Maintenance and repair of electrical equipment,machinery,office tools and equipment</t>
   </si>
   <si>
     <t>295,000,000.00</t>
   </si>
   <si>
     <t>Business and Management consultancy</t>
   </si>
   <si>
     <t>350,244,440.00</t>
   </si>
@@ -256,57 +256,63 @@
   <si>
     <t>Containers and storage</t>
   </si>
   <si>
     <t>35,014,500,000.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
     <t>7,000,000.00</t>
   </si>
   <si>
     <t>MOTOR VEHICLES</t>
   </si>
   <si>
     <t>4,000,000,000.00</t>
   </si>
   <si>
     <t>Fuels</t>
   </si>
   <si>
     <t>1,468,000,000.00</t>
   </si>
   <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>50,000,000.00</t>
+  </si>
+  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>524,805,802,552.00</t>
+    <t>533,552,885,757.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -642,54 +648,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E39"/>
+  <dimension ref="A1:E40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C39" sqref="C39"/>
+      <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="85.821" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1292,63 +1298,80 @@
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
-      <c r="A39" t="s">
+      <c r="A39">
+        <v>37</v>
+      </c>
+      <c r="B39" t="s">
         <v>80</v>
       </c>
-      <c r="B39" s="4" t="s">
+      <c r="C39" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C39" s="4" t="s">
+      <c r="D39" t="s">
+        <v>8</v>
+      </c>
+      <c r="E39" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" t="s">
         <v>82</v>
       </c>
-      <c r="D39" t="s">
-[...2 lines deleted...]
-      <c r="E39" t="s">
+      <c r="B40" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D40" t="s">
+        <v>8</v>
+      </c>
+      <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>