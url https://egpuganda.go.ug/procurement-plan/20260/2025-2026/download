--- v1 (2026-01-25)
+++ v2 (2026-03-09)
@@ -97,51 +97,51 @@
   <si>
     <t>1,968,807,976.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>276,000,000.00</t>
   </si>
   <si>
     <t>Postage and Courier</t>
   </si>
   <si>
     <t>10,000,000.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
     <t>391,820,643.00</t>
   </si>
   <si>
     <t>Agricultural Inputs, Equipment and Seedlings</t>
   </si>
   <si>
-    <t>411,338,357,555.00</t>
+    <t>412,338,357,555.00</t>
   </si>
   <si>
     <t>ICT Consultancy Services</t>
   </si>
   <si>
     <t>18,000,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>733,922,840.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
     <t>9,990,000,000.00</t>
   </si>
   <si>
     <t>Maintenance and repair of electrical equipment, machinery, office tools and equipment</t>
   </si>
   <si>
     <t>4,252,905,892.00</t>
   </si>
@@ -247,72 +247,72 @@
   <si>
     <t>100,000,000.00</t>
   </si>
   <si>
     <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
   </si>
   <si>
     <t>15,725,000,000.00</t>
   </si>
   <si>
     <t>Containers and storage</t>
   </si>
   <si>
     <t>35,014,500,000.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
     <t>7,000,000.00</t>
   </si>
   <si>
     <t>MOTOR VEHICLES</t>
   </si>
   <si>
-    <t>4,000,000,000.00</t>
+    <t>4,560,000,000.00</t>
   </si>
   <si>
     <t>Fuels</t>
   </si>
   <si>
     <t>1,468,000,000.00</t>
   </si>
   <si>
     <t>Staff Training General</t>
   </si>
   <si>
     <t>50,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>533,552,885,757.00</t>
+    <t>535,112,885,757.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>