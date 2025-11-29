--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Uganda National Bureau of Standards Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Laboratory supplies and fixtures</t>
   </si>
   <si>
     <t>2,547,600,000.00</t>
   </si>
   <si>
@@ -208,177 +208,183 @@
   <si>
     <t>Pre-export verification of conformity</t>
   </si>
   <si>
     <t>2,000,000.00</t>
   </si>
   <si>
     <t>Packing supplies</t>
   </si>
   <si>
     <t>60,000,000.00</t>
   </si>
   <si>
     <t>Books, Periodicals &amp; Newspapers</t>
   </si>
   <si>
     <t>50,000,000.00</t>
   </si>
   <si>
     <t>Items for Disposal</t>
   </si>
   <si>
     <t>300,000,000.00</t>
   </si>
   <si>
+    <t>Insurance Services</t>
+  </si>
+  <si>
+    <t>4,964,727,609.00</t>
+  </si>
+  <si>
+    <t>Uniforms, curtains, protective wear and carpets</t>
+  </si>
+  <si>
+    <t>916,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Training General</t>
+  </si>
+  <si>
+    <t>1,730,000,000.00</t>
+  </si>
+  <si>
+    <t>Employment placement/recruitment</t>
+  </si>
+  <si>
+    <t>240,168,001.00</t>
+  </si>
+  <si>
+    <t>HR outsourcing, salary surveys, performance management, management consultancy</t>
+  </si>
+  <si>
+    <t>84,831,999.00</t>
+  </si>
+  <si>
+    <t>Break-fast and Food</t>
+  </si>
+  <si>
+    <t>2,160,000,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Other - Professional Services</t>
+  </si>
+  <si>
+    <t>180,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of buildings and carpentry</t>
+  </si>
+  <si>
+    <t>Electronic reference material</t>
+  </si>
+  <si>
+    <t>100,436,665.00</t>
+  </si>
+  <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>374,100,000.00</t>
   </si>
   <si>
     <t>Building and construction materials</t>
   </si>
   <si>
     <t>25,000,000,000.00</t>
   </si>
   <si>
     <t>Land, Buildings, Structures and Thoroughfares</t>
   </si>
   <si>
     <t>5,000,000,000.00</t>
   </si>
   <si>
     <t>Property Management System maintenance</t>
   </si>
   <si>
     <t>816,000,004.00</t>
   </si>
   <si>
     <t>Office Rent</t>
   </si>
   <si>
     <t>661,632,863.00</t>
   </si>
   <si>
     <t>Security and personal safety</t>
   </si>
   <si>
     <t>343,630,000.00</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
     <t>533,482,000.00</t>
   </si>
   <si>
     <t>Transportation repair or maintenance services</t>
   </si>
   <si>
     <t>1,000,000,000.00</t>
   </si>
   <si>
-    <t>Insurance Services</t>
-[...4 lines deleted...]
-  <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
     <t>750,000,000.00</t>
   </si>
   <si>
     <t>Business management and consultancy</t>
   </si>
   <si>
     <t>1,378,000,000.00</t>
   </si>
   <si>
     <t>Workshops and Seminars</t>
   </si>
   <si>
     <t>Postage and Courier</t>
   </si>
   <si>
     <t>250,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
     <t>730,000,000.00</t>
   </si>
   <si>
-    <t>Uniforms, curtains, protective wear and carpets</t>
-[...37 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>67,744,575,636.00</t>
+    <t>67,845,012,301.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -714,54 +720,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E52"/>
+  <dimension ref="A1:E53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C52" sqref="C52"/>
+      <selection activeCell="C53" sqref="C53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="102.819" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1354,119 +1360,119 @@
     <row r="37" spans="1:5">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
+        <v>79</v>
+      </c>
+      <c r="C39" s="3" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
+        <v>81</v>
+      </c>
+      <c r="C40" s="3" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
         <v>39</v>
       </c>
       <c r="B41" t="s">
+        <v>83</v>
+      </c>
+      <c r="C41" s="3" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42">
         <v>40</v>
       </c>
       <c r="B42" t="s">
+        <v>85</v>
+      </c>
+      <c r="C42" s="3" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43">
         <v>41</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1558,90 +1564,107 @@
     <row r="49" spans="1:5">
       <c r="A49">
         <v>47</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50">
         <v>48</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="D50" t="s">
         <v>8</v>
       </c>
       <c r="E50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51">
         <v>49</v>
       </c>
       <c r="B51" t="s">
+        <v>102</v>
+      </c>
+      <c r="C51" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
       <c r="E51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:5">
-      <c r="A52" t="s">
+      <c r="A52">
+        <v>50</v>
+      </c>
+      <c r="B52" t="s">
         <v>104</v>
       </c>
-      <c r="B52" s="4" t="s">
+      <c r="C52" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="C52" s="4" t="s">
+      <c r="D52" t="s">
+        <v>8</v>
+      </c>
+      <c r="E52" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" t="s">
         <v>106</v>
       </c>
-      <c r="D52" t="s">
-[...2 lines deleted...]
-      <c r="E52" t="s">
+      <c r="B53" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D53" t="s">
+        <v>8</v>
+      </c>
+      <c r="E53" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>