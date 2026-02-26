--- v0 (2026-01-06)
+++ v1 (2026-02-26)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Public Procurement and Disposal of the Public Assets Authority Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
     <t>50,000,000.00</t>
   </si>
   <si>
@@ -142,186 +142,195 @@
   <si>
     <t>115,000,000.00</t>
   </si>
   <si>
     <t>Public relations and communication</t>
   </si>
   <si>
     <t>60,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>35,000,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>Decoration Services (Party, Office, etc)</t>
   </si>
   <si>
     <t>8,000,000.00</t>
   </si>
   <si>
+    <t>Hotels and lodging and meeting facilities</t>
+  </si>
+  <si>
+    <t>171,750,000.00</t>
+  </si>
+  <si>
+    <t>Insurance</t>
+  </si>
+  <si>
+    <t>480,000,000.00</t>
+  </si>
+  <si>
+    <t>Insurance Services</t>
+  </si>
+  <si>
+    <t>125,300,000.00</t>
+  </si>
+  <si>
+    <t>Hygiene products, Toilet paper, Serviettes, Washing powder and Sanitary pads</t>
+  </si>
+  <si>
+    <t>2,160,000.00</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>210,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>312,000,000.00</t>
+  </si>
+  <si>
+    <t>Tyres, tubes and batteries</t>
+  </si>
+  <si>
+    <t>40,000,000.00</t>
+  </si>
+  <si>
+    <t>Security and personal safety</t>
+  </si>
+  <si>
+    <t>62,800,000.00</t>
+  </si>
+  <si>
+    <t>Office Rent</t>
+  </si>
+  <si>
+    <t>41,400,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>17,000,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Stationery </t>
+  </si>
+  <si>
+    <t>110,000,000.00</t>
+  </si>
+  <si>
+    <t>Property Management System maintenance</t>
+  </si>
+  <si>
+    <t>270,400,000.00</t>
+  </si>
+  <si>
+    <t>Employment placement/recruitment</t>
+  </si>
+  <si>
+    <t>Human resources services</t>
+  </si>
+  <si>
+    <t>161,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and facility maintenance and repair services</t>
+  </si>
+  <si>
+    <t>Accomodation and conference facilities</t>
+  </si>
+  <si>
+    <t>186,000,000.00</t>
+  </si>
+  <si>
+    <t>Training</t>
+  </si>
+  <si>
+    <t>509,000,000.00</t>
+  </si>
+  <si>
     <t>Research</t>
   </si>
   <si>
     <t>500,000,000.00</t>
   </si>
   <si>
-    <t>Hotels and lodging and meeting facilities</t>
-[...4 lines deleted...]
-  <si>
     <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
   </si>
   <si>
     <t>202,000,000.00</t>
   </si>
   <si>
-    <t>Books, Periodicals &amp; Newspapers</t>
-[...4 lines deleted...]
-  <si>
     <t>Printing Reports and Magazines</t>
   </si>
   <si>
     <t>12,000,000.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
-    <t>40,000,000.00</t>
+    <t>55,000,000.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
-    <t>15,000,000.00</t>
+    <t>20,000,000.00</t>
   </si>
   <si>
     <t>Computer programming and software development</t>
   </si>
   <si>
     <t>70,000,000.00</t>
   </si>
   <si>
     <t>Air ticketing, tours and travel</t>
   </si>
   <si>
     <t>135,000,000.00</t>
   </si>
   <si>
-    <t>Insurance</t>
-[...73 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>6,613,022,332.00</t>
+    <t>7,153,022,332.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -657,54 +666,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E44"/>
+  <dimension ref="A1:E45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C44" sqref="C44"/>
+      <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="112.818" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1212,243 +1221,260 @@
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
+        <v>67</v>
+      </c>
+      <c r="C34" s="3" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>53</v>
+        <v>7</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
+        <v>70</v>
+      </c>
+      <c r="C36" s="3" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
+        <v>72</v>
+      </c>
+      <c r="C37" s="3" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
+        <v>74</v>
+      </c>
+      <c r="C38" s="3" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
+        <v>76</v>
+      </c>
+      <c r="C39" s="3" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
+        <v>78</v>
+      </c>
+      <c r="C40" s="3" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
         <v>39</v>
       </c>
       <c r="B41" t="s">
         <v>80</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>81</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42">
         <v>40</v>
       </c>
       <c r="B42" t="s">
         <v>82</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>7</v>
+        <v>83</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43">
         <v>41</v>
       </c>
       <c r="B43" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:5">
-      <c r="A44" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="4" t="s">
+      <c r="A44">
+        <v>42</v>
+      </c>
+      <c r="B44" t="s">
         <v>86</v>
       </c>
-      <c r="C44" s="4" t="s">
+      <c r="C44" s="3" t="s">
         <v>87</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" t="s">
+        <v>88</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D45" t="s">
+        <v>8</v>
+      </c>
+      <c r="E45" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>