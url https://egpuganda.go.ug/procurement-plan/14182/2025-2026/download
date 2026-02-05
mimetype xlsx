--- v0 (2026-01-06)
+++ v1 (2026-02-05)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Ministry of Justice &amp; Constitutional Affairs Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Workshops and Seminars</t>
   </si>
   <si>
     <t>3,050,175,000.00</t>
   </si>
   <si>
@@ -121,171 +121,177 @@
   <si>
     <t>5,000,000.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>55,296,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>512,940,698.00</t>
   </si>
   <si>
     <t>Clothing</t>
   </si>
   <si>
     <t>Advertsing and media services</t>
   </si>
   <si>
     <t>50,000,000.00</t>
   </si>
   <si>
+    <t>Medical practice</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing Reports and Magazines</t>
+  </si>
+  <si>
+    <t>435,000,000.00</t>
+  </si>
+  <si>
+    <t>Hotels and lodging and meeting facilities</t>
+  </si>
+  <si>
+    <t>80,000,000.00</t>
+  </si>
+  <si>
+    <t>Radio and Television broadcasting</t>
+  </si>
+  <si>
+    <t>250,000,000.00</t>
+  </si>
+  <si>
+    <t>Consultancy in Finance, Health, Water and Environment</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>1,038,600,000.00</t>
+  </si>
+  <si>
+    <t>Nonresidential building construction services</t>
+  </si>
+  <si>
+    <t>26,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Books, Periodicals &amp; Newspapers</t>
+  </si>
+  <si>
+    <t>188,000,000.00</t>
+  </si>
+  <si>
+    <t>Uniforms, curtains, protective wear and carpets</t>
+  </si>
+  <si>
+    <t>HR outsourcing, salary surveys, performance management, management consultancy</t>
+  </si>
+  <si>
+    <t>70,000,000.00</t>
+  </si>
+  <si>
+    <t>Carriage, Haulage, Freight and transport hire</t>
+  </si>
+  <si>
+    <t>580,000,000.00</t>
+  </si>
+  <si>
+    <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
+  </si>
+  <si>
+    <t>335,000,000.00</t>
+  </si>
+  <si>
+    <t>Equipment Maintenance, Servicing and Repairs</t>
+  </si>
+  <si>
+    <t>Office furniture and furnishings</t>
+  </si>
+  <si>
+    <t>551,000,000.00</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial services</t>
+  </si>
+  <si>
+    <t>180,062,000.00</t>
+  </si>
+  <si>
+    <t>Electrical equipment and components and supplies</t>
+  </si>
+  <si>
+    <t>225,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
+  </si>
+  <si>
+    <t>3,315,000,000.00</t>
+  </si>
+  <si>
+    <t>Office Rent</t>
+  </si>
+  <si>
+    <t>945,000,000.00</t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>7,000,000,000.00</t>
+  </si>
+  <si>
     <t>Components for information technology or broadcasting or telecommunications</t>
   </si>
   <si>
-    <t>232,380,000.00</t>
+    <t>139,428,000.00</t>
   </si>
   <si>
     <t>Information Technology Service Delivery</t>
   </si>
   <si>
     <t>511,200,000.00</t>
   </si>
   <si>
-    <t>Medical practice</t>
-[...100 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>43,018,658,698.00</t>
+    <t>49,925,706,698.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -621,54 +627,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E37"/>
+  <dimension ref="A1:E38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C37" sqref="C37"/>
+      <selection activeCell="C38" sqref="C38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="112.818" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -1040,153 +1046,153 @@
     <row r="24" spans="1:5">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" s="3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
+        <v>54</v>
+      </c>
+      <c r="C27" s="3" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
+        <v>59</v>
+      </c>
+      <c r="C30" s="3" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
+        <v>61</v>
+      </c>
+      <c r="C31" s="3" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
         <v>63</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
@@ -1237,63 +1243,80 @@
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
         <v>71</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
-      <c r="A37" t="s">
+      <c r="A37">
+        <v>35</v>
+      </c>
+      <c r="B37" t="s">
         <v>73</v>
       </c>
-      <c r="B37" s="4" t="s">
+      <c r="C37" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="C37" s="4" t="s">
+      <c r="D37" t="s">
+        <v>8</v>
+      </c>
+      <c r="E37" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
         <v>75</v>
       </c>
-      <c r="D37" t="s">
-[...2 lines deleted...]
-      <c r="E37" t="s">
+      <c r="B38" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" t="s">
+        <v>8</v>
+      </c>
+      <c r="E38" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>