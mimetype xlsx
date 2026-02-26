--- v1 (2026-02-05)
+++ v2 (2026-02-26)
@@ -37,101 +37,101 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Ministry of Justice &amp; Constitutional Affairs Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Workshops and Seminars</t>
   </si>
   <si>
-    <t>3,050,175,000.00</t>
+    <t>3,200,175,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
     <t>1,326,832,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
     <t>327,700,000.00</t>
   </si>
   <si>
     <t>OFFICE EQUIPMENT</t>
   </si>
   <si>
     <t>93,074,000.00</t>
   </si>
   <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
     <t>719,499,000.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
     <t>1,000,000.00</t>
   </si>
   <si>
+    <t>Advertising</t>
+  </si>
+  <si>
+    <t>223,000,000.00</t>
+  </si>
+  <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
     <t>1,306,300,000.00</t>
   </si>
   <si>
-    <t>Advertising</t>
-[...4 lines deleted...]
-  <si>
     <t>Staff Training General</t>
   </si>
   <si>
     <t>30,600,000.00</t>
   </si>
   <si>
     <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
   </si>
   <si>
     <t>5,000,000.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>55,296,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
     <t>512,940,698.00</t>
   </si>
   <si>
     <t>Clothing</t>
@@ -163,50 +163,68 @@
   <si>
     <t>Radio and Television broadcasting</t>
   </si>
   <si>
     <t>250,000,000.00</t>
   </si>
   <si>
     <t>Consultancy in Finance, Health, Water and Environment</t>
   </si>
   <si>
     <t>100,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>1,038,600,000.00</t>
   </si>
   <si>
     <t>Nonresidential building construction services</t>
   </si>
   <si>
     <t>26,000,000,000.00</t>
   </si>
   <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>7,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Components for information technology or broadcasting or telecommunications</t>
+  </si>
+  <si>
+    <t>139,428,000.00</t>
+  </si>
+  <si>
+    <t>Information Technology Service Delivery</t>
+  </si>
+  <si>
+    <t>511,200,000.00</t>
+  </si>
+  <si>
     <t>Books, Periodicals &amp; Newspapers</t>
   </si>
   <si>
     <t>188,000,000.00</t>
   </si>
   <si>
     <t>Uniforms, curtains, protective wear and carpets</t>
   </si>
   <si>
     <t>HR outsourcing, salary surveys, performance management, management consultancy</t>
   </si>
   <si>
     <t>70,000,000.00</t>
   </si>
   <si>
     <t>Carriage, Haulage, Freight and transport hire</t>
   </si>
   <si>
     <t>580,000,000.00</t>
   </si>
   <si>
     <t>Building, Construction, Architectural, Plumbing and Carpentry Works</t>
   </si>
   <si>
     <t>335,000,000.00</t>
@@ -220,78 +238,60 @@
   <si>
     <t>551,000,000.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
     <t>180,062,000.00</t>
   </si>
   <si>
     <t>Electrical equipment and components and supplies</t>
   </si>
   <si>
     <t>225,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
     <t>3,315,000,000.00</t>
   </si>
   <si>
     <t>Office Rent</t>
   </si>
   <si>
-    <t>945,000,000.00</t>
-[...17 lines deleted...]
-    <t>511,200,000.00</t>
+    <t>1,155,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>49,925,706,698.00</t>
+    <t>50,285,706,698.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1046,170 +1046,170 @@
     <row r="24" spans="1:5">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
         <v>65</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
     </row>