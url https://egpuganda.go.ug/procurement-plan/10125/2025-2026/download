--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -55,69 +55,69 @@
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>80,800,500.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Workshops and Seminars</t>
   </si>
   <si>
     <t>57,325,600.00</t>
   </si>
   <si>
     <t>Catering services</t>
   </si>
   <si>
-    <t>889,250,000.00</t>
+    <t>1,041,250,000.00</t>
   </si>
   <si>
     <t>Printing, Stationery, Photocopying and Binding</t>
   </si>
   <si>
     <t>417,000,000.00</t>
   </si>
   <si>
     <t>Components for information technology or broadcasting or telecommunications</t>
   </si>
   <si>
     <t>1,000,000,000.00</t>
   </si>
   <si>
     <t>Office furniture and furnishings</t>
   </si>
   <si>
-    <t>2,044,727,550.00</t>
+    <t>2,184,727,550.00</t>
   </si>
   <si>
     <t>Clothing</t>
   </si>
   <si>
     <t>25,000,000.00</t>
   </si>
   <si>
     <t>Generators and solar equipment</t>
   </si>
   <si>
     <t>150,000,000.00</t>
   </si>
   <si>
     <t>Management advisory services</t>
   </si>
   <si>
     <t>50,000,000.00</t>
   </si>
   <si>
     <t>Repair &amp; Rennovation of Properties</t>
   </si>
   <si>
     <t>2,900,836,792.00</t>
   </si>
@@ -160,165 +160,165 @@
   <si>
     <t>185,000,000.00</t>
   </si>
   <si>
     <t>Books, Periodicals &amp; Newspapers</t>
   </si>
   <si>
     <t>26,400,000.00</t>
   </si>
   <si>
     <t>Cleaning equipment, materials and toiletries</t>
   </si>
   <si>
     <t>800,000.00</t>
   </si>
   <si>
     <t>Office machines and their supplies and accessories</t>
   </si>
   <si>
     <t>39,000,000.00</t>
   </si>
   <si>
     <t>Catering Services</t>
   </si>
   <si>
-    <t>130,700,000.00</t>
+    <t>301,400,000.00</t>
   </si>
   <si>
     <t>Uniforms, curtains, protective wear and carpets</t>
   </si>
   <si>
     <t>71,000,000.00</t>
   </si>
   <si>
     <t>Toners and Cartridges</t>
   </si>
   <si>
     <t>250,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
-    <t>970,000,000.00</t>
+    <t>1,700,000,000.00</t>
   </si>
   <si>
     <t>Batteries and generators and kinetic power transmission</t>
   </si>
   <si>
     <t>120,000,000.00</t>
   </si>
   <si>
     <t>Audio and visual presentation and composing equipment</t>
   </si>
   <si>
     <t>180,000,000.00</t>
   </si>
   <si>
     <t>Computer programming and software development</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
     <t>1,510,122,322.00</t>
   </si>
   <si>
     <t>Insurance Services</t>
   </si>
   <si>
     <t>200,000,000.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
     <t>413,000,000.00</t>
   </si>
   <si>
     <t>Installation of Elevators/Lifts</t>
   </si>
   <si>
     <t>68,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
-    <t>1,175,000,000.00</t>
+    <t>1,205,000,000.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>90,000,000.00</t>
   </si>
   <si>
     <t>Repair and maintenance of Generators</t>
   </si>
   <si>
     <t>20,000,000.00</t>
   </si>
   <si>
     <t>Advertising and media services</t>
   </si>
   <si>
-    <t>115,000,000.00</t>
+    <t>130,000,000.00</t>
   </si>
   <si>
     <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
   </si>
   <si>
-    <t>722,500,000.00</t>
+    <t>1,445,000,000.00</t>
   </si>
   <si>
     <t>COMPUTERS</t>
   </si>
   <si>
-    <t>6,000,000.00</t>
+    <t>12,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
-    <t>660,000,000.00</t>
+    <t>1,320,000,000.00</t>
   </si>
   <si>
     <t>Air Tickets</t>
   </si>
   <si>
-    <t>70,000,000.00</t>
+    <t>140,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>17,243,962,764.00</t>
+    <t>19,940,162,764.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>